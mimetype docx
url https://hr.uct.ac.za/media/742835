--- v0 (2025-11-11)
+++ v1 (2025-12-07)
@@ -16,183 +16,183 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="19332BD1" w14:textId="77777777" w:rsidR="00AD6AE3" w:rsidRPr="00C734D1" w:rsidRDefault="00BE6C32" w:rsidP="000D3732">
+    <w:p w14:paraId="19332BD1" w14:textId="77777777" w:rsidR="00AD6AE3" w:rsidRPr="00E37B3A" w:rsidRDefault="00BE6C32" w:rsidP="000D3732">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C734D1">
+      <w:r w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
         <w:t>UCT New Employee Onboardin</w:t>
       </w:r>
-      <w:r w:rsidR="009A5904" w:rsidRPr="00C734D1">
+      <w:r w:rsidR="009A5904" w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647EEF25" w14:textId="214128D5" w:rsidR="00BE6C32" w:rsidRPr="00C734D1" w:rsidRDefault="008612DE" w:rsidP="000D3732">
+    <w:p w14:paraId="647EEF25" w14:textId="214128D5" w:rsidR="00BE6C32" w:rsidRPr="00E37B3A" w:rsidRDefault="008612DE" w:rsidP="000D3732">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C734D1">
+      <w:r w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>HOD/l</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6C32" w:rsidRPr="00C734D1">
+      <w:r w:rsidR="00BE6C32" w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">ine </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C734D1">
+      <w:r w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6C32" w:rsidRPr="00C734D1">
+      <w:r w:rsidR="00BE6C32" w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">anager </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C734D1">
+      <w:r w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6C32" w:rsidRPr="00C734D1">
+      <w:r w:rsidR="00BE6C32" w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>hecklist</w:t>
       </w:r>
-      <w:r w:rsidR="00F32B1E" w:rsidRPr="00C734D1">
+      <w:r w:rsidR="00F32B1E" w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> for PASS </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C734D1">
+      <w:r w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F32B1E" w:rsidRPr="00C734D1">
+      <w:r w:rsidR="00F32B1E" w:rsidRPr="00E37B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>taff</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BE5B1A" w14:textId="4AC66EDB" w:rsidR="00721CDD" w:rsidRPr="00C734D1" w:rsidRDefault="00016ADC" w:rsidP="00B86409">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C734D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This checklist was developed to ensure that </w:t>
       </w:r>
       <w:r w:rsidR="00904AA3" w:rsidRPr="00C734D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -319,659 +319,687 @@
         </w:rPr>
         <w:t>Checklists are required to be signed off at the end of the onboarding period and a copy to be sent to Human Resources to be kept in the staff member’s personnel file.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10331" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="List of people with whom to share papers"/>
         <w:tblDescription w:val="A list of people such as financial advisors, attorneys etc. with whom to share important documents."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5040"/>
         <w:gridCol w:w="5291"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w14:paraId="61629250" w14:textId="77777777" w:rsidTr="0029479D">
+      <w:tr w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w14:paraId="61629250" w14:textId="77777777" w:rsidTr="00201201">
         <w:trPr>
           <w:trHeight w:val="102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10331" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="47F01BAD" w14:textId="0942AF36" w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w:rsidRDefault="00630C8C" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Staff Member</w:t>
             </w:r>
             <w:r w:rsidR="008753BA" w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w14:paraId="4DB18EEA" w14:textId="77777777" w:rsidTr="0029479D">
         <w:trPr>
           <w:trHeight w:val="102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D93F86E" w14:textId="77777777" w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w:rsidRDefault="00A47AB9" w:rsidP="003D17FD">
+          <w:p w14:paraId="1D93F86E" w14:textId="77777777" w:rsidR="00A47AB9" w:rsidRPr="00201201" w:rsidRDefault="00A47AB9" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50AE66FB" w14:textId="77777777" w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w:rsidRDefault="00A47AB9" w:rsidP="003D17FD">
+          <w:p w14:paraId="50AE66FB" w14:textId="77777777" w:rsidR="00A47AB9" w:rsidRPr="00201201" w:rsidRDefault="00A47AB9" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Department:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w14:paraId="29DCDF7C" w14:textId="77777777" w:rsidTr="0029479D">
         <w:trPr>
           <w:trHeight w:val="102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC477C8" w14:textId="0575B676" w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w:rsidRDefault="008753BA" w:rsidP="003D17FD">
+          <w:p w14:paraId="2FC477C8" w14:textId="0575B676" w:rsidR="00A47AB9" w:rsidRPr="00201201" w:rsidRDefault="008753BA" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Position Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F340628" w14:textId="4B03C699" w:rsidR="00A47AB9" w:rsidRPr="00C734D1" w:rsidRDefault="00003169" w:rsidP="003D17FD">
+          <w:p w14:paraId="1F340628" w14:textId="4B03C699" w:rsidR="00A47AB9" w:rsidRPr="00201201" w:rsidRDefault="00003169" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00DD0F02" w:rsidRPr="00C734D1">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00DD0F02" w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ay Scale</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C734D1">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00630C8C" w:rsidRPr="00C734D1" w14:paraId="281C7E8F" w14:textId="77777777" w:rsidTr="0029479D">
         <w:trPr>
           <w:trHeight w:val="102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CE1908" w14:textId="3324E1C8" w:rsidR="00630C8C" w:rsidRPr="00C734D1" w:rsidRDefault="00630C8C" w:rsidP="003D17FD">
+          <w:p w14:paraId="06CE1908" w14:textId="3324E1C8" w:rsidR="00630C8C" w:rsidRPr="00201201" w:rsidRDefault="00630C8C" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conditions of Service:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA305A6" w14:textId="77411C65" w:rsidR="00630C8C" w:rsidRPr="00C734D1" w:rsidRDefault="00003169" w:rsidP="003D17FD">
+          <w:p w14:paraId="2BA305A6" w14:textId="77411C65" w:rsidR="00630C8C" w:rsidRPr="00201201" w:rsidRDefault="00003169" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Start Date:</w:t>
             </w:r>
-            <w:r w:rsidR="005E510A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="005E510A" w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:color w:val="002060"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1189760459"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date w:fullDate="2025-10-01T00:00:00Z">
                   <w:dateFormat w:val="yyyy/MM/dd"/>
                   <w:lid w:val="en-ZA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005E510A" w:rsidRPr="00A90AD0">
+                <w:r w:rsidR="005E510A" w:rsidRPr="006B7ED3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:color w:val="003C64"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent6"/>
         <w:tblW w:w="5120" w:type="pct"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblCaption w:val="List of people with whom to share papers"/>
         <w:tblDescription w:val="A list of people such as financial advisors, attorneys etc. with whom to share important documents."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7508"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1812"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="26021FD3" w14:textId="77777777" w:rsidTr="00723944">
+      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="26021FD3" w14:textId="77777777" w:rsidTr="00201201">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F20F7EE" w14:textId="2585BD29" w:rsidR="00E933B3" w:rsidRPr="00201201" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pre-Boarding Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6460C5A7" w14:textId="3800EAAF" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6460C5A7" w14:textId="3800EAAF" w:rsidR="00E933B3" w:rsidRPr="00201201" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
-          </w:tcPr>
-[...12 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F89D721" w14:textId="75C36759" w:rsidR="00E933B3" w:rsidRPr="00201201" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="441EF152" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="763"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190177DC" w14:textId="21C39317" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complete the </w:t>
+              <w:t>Complete the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022010A">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR100a</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="0022010A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="0000FF"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR100c</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="0022010A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">form if you have not already done so. Please note that a staff member </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">will not be paid </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>if all forms are not completed and submitted to HR timeously. If the appointment was handled by the Staff Recruitment Office, you are not required to complete this form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41FD13FD" w14:textId="16381784" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="41FD13FD" w14:textId="16381784" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-534815496"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24E262E1" w14:textId="65211A5B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="406AE8AF" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E3F88E" w14:textId="18307BD2" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="29E3F88E" w14:textId="50EC3A41" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Once the offer has been accepted, send the new staff member an e-mail congratulating them and welcome them to the team. Ensure that you attach the Welcome Pack (</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>UCT New Employee Onboarding - Staff Member Resource Guide</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
-              <w:rPr>
+            <w:r w:rsidRPr="0022010A">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>ICTS Guide for Staff</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
-[...4 lines deleted...]
-              <w:t>, Faculty/Department Welcome Pack).</w:t>
+            <w:r w:rsidRPr="0022010A">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C734D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Faculty/Department Welcome Pack).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B2521F" w14:textId="00EAD190" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="74B2521F" w14:textId="00EAD190" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1528255748"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29C3323C" w14:textId="4AE2AA76" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -981,53 +1009,54 @@
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="4CF00BA0" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="967"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2590E933" w14:textId="1B1516EA" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Where computer hardware is not already in place, this must be ordered well in advance of the new staff member's arrival. Where necessary, arrange any additional computer access that the new staff member will need by contacting the IT Helpdesk x4500 or email </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>mailto:icts-helpdesk@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and make an appointment for their </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
@@ -1056,75 +1085,74 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 weeks in advance</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for this</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="498EB2C3" w14:textId="4B76340A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="498EB2C3" w14:textId="4B76340A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1946762627"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="434F1BF3" w14:textId="3DBAFD28" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1134,210 +1162,215 @@
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="1AFB5760" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F13204B" w14:textId="1718E21B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If the staff member requires access to SAP, complete the required form (</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP01</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
-[...1 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="0022010A">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for purchasers, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP02</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for reporting,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="0022010A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP03</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
-[...1 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="0022010A">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for central admin functions). Training is required before access to SAP is granted and takes 2-3 weeks to complete. Courses are run monthly. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In order to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ensure that the new staff member is included in the earliest training cycle after their arrival, you can apply for their access to SAP in advance of their arrival. For more information see: </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP Training</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="0022010A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>on the ICTS website.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="490D9E8E" w14:textId="10B73C5A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="490D9E8E" w14:textId="10B73C5A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1404359205"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B5C095" w14:textId="5DA61F5A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1347,128 +1380,129 @@
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="216E3970" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2049210F" w14:textId="15888DBC" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If the staff member requires a </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>purchasing card</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(alternative purchasing tool to a SAP purchase order), apply for access via the </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="0022010A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>MM003 form</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46ED2445" w14:textId="60930A08" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="46ED2445" w14:textId="60930A08" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="187562357"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="385AFFF6" w14:textId="384840DD" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1478,354 +1512,347 @@
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="67D6C73F" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="967"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FADBD70" w14:textId="5B96EAA2" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Allocate sufficient time in your diary to welcome the new staff member and to introduce them to the department. Please ensure that the staff member has an appointment with the </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:anchor="practitioners" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="004E5F9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR Business Partner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">within the </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>first two weeks</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Alternatively decide who will be fully responsible for the induction of the new staff member (Induction Facilitator) and ensure that the person has freed up enough time for this purpose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3115100B" w14:textId="03F4BDBC" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="3115100B" w14:textId="03F4BDBC" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1122896426"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B3FFDB9" w14:textId="65094E7D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="36C760C5" w14:textId="77777777" w:rsidTr="00BC4348">
         <w:trPr>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5426A298" w14:textId="385C0161" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="5426A298" w14:textId="6B3B791F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Draw up an induction programme </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="004E5F9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>90-Day Integration Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for the new staff member. Keep in mind that the person will need some basic information and instruction in the beginning which can be documented in the </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="004E5F9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>First Week Itinerary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">. (This will depend on the type of work he/she will be doing but could include procedures to follow, how the </w:t>
-[...7 lines deleted...]
-              <w:t>telephone system works, IT Helpdesk, budgets and funds, where to find other necessary information, etc.)</w:t>
+              <w:t>. (This will depend on the type of work he/she will be doing but could include procedures to follow, how the telephone system works, IT Helpdesk, budgets and funds, where to find other necessary information, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54281F26" w14:textId="642DB0BF" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="54281F26" w14:textId="642DB0BF" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1550337751"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="509418D9" w14:textId="4492F0AE" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="0E857F4A" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CD380F3" w14:textId="185CD55E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>If the new staff member is not from Cape Town, and particularly if they are new to South Africa, you may wish to plan a wider induction programme that doesn't focus only on UCT. Contact with the person before they arrive will be necessary to assess assistance and/or information needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="127BCFA5" w14:textId="5220CCD1" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="127BCFA5" w14:textId="5220CCD1" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-618761557"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7906A219" w14:textId="3BB7BA88" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1841,75 +1868,74 @@
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="019DC90E" w14:textId="19D99C76" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Should the new staff member be arriving from outside Cape Town, please ensure that you or a delegated member of your staff is responsible for collecting the new staff member from the airport, station etc. and they are taken to the venue where they will be staying.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7623F1" w14:textId="4F5E4D9C" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="0A7623F1" w14:textId="4F5E4D9C" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-58019757"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D36DAC8" w14:textId="73687C51" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1920,98 +1946,98 @@
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="4A37975C" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="234"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="154AC9E2" w14:textId="0193A0D0" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer PASS staff members to the </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="004E5F9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>private work policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE9CA86" w14:textId="6FD431C9" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="0DE9CA86" w14:textId="6FD431C9" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-180204191"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37DC9E6F" w14:textId="192A7C28" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2031,387 +2057,431 @@
           </w:tcPr>
           <w:p w14:paraId="3E6D6CBF" w14:textId="4183260E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Register the new staff member for </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="004E5F9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>benefit information session</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="008E5907">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="008E5907">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>if applicable.</w:t>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C734D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>f applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC7BAF4" w14:textId="3A86DD3D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="4BC7BAF4" w14:textId="3A86DD3D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-789891871"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06F1BCB9" w14:textId="129DD381" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="53A9A4D3" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="441FB479" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="441FB479" w14:textId="5F9E0288" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Register the new staff member on the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C734D1">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="004754E8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Introduction to UCT</w:t>
+              </w:r>
+              <w:r w:rsidRPr="004754E8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="004754E8" w:rsidRPr="004754E8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve">for New Staff </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C734D1">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Introduction to UCT</w:t>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C734D1">
+              <w:t xml:space="preserve">course via </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="004E5F9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SuccessFactors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Learning.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60C065E4" w14:textId="1DE0A215" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="60C065E4" w14:textId="7CEAE4DE" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">For more information email: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="004E5F9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>hr-stafflearningcentre@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="00CD0B31">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A8DBEC" w14:textId="62E23251" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="17A8DBEC" w14:textId="62E23251" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2000218399"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7345FFFB" w14:textId="69F92FBA" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="6F88F235" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="609635D6" w14:textId="6710BC7A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="609635D6" w14:textId="4444DBA2" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">The Staff Learning Centre offers an Occupational Health and Safety Induction Programme. All staff are encouraged to attend this programme. For more </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007D7623" w:rsidRPr="00C734D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information,</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> please refer to the</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="00131C0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
-                <w:t>Staff learning and development resource guide.</w:t>
+                <w:t>Staff learning and development resource guide</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00131C0D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="en-ZA"/>
+                </w:rPr>
+                <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="510F94CD" w14:textId="1AB1405E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="510F94CD" w14:textId="1AB1405E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-395521024"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D30884D" w14:textId="3D6B1BA0" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2422,415 +2492,455 @@
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="7A60F846" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="073BBEF9" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Register the new staff members on any required Occupational Health and Safety courses via </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00131C0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SuccessFactors</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="004E5F9F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Learning. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="393B29C6" w14:textId="06957E98" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="393B29C6" w14:textId="5A5B0D16" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">For more information email: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="00131C0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ohstraining@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
-              <w:rPr>
+            <w:r w:rsidR="00CD0B31">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00131C0D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="364ABA9C" w14:textId="1CFF220E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="364ABA9C" w14:textId="1CFF220E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="336817138"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DBE58CA" w14:textId="190A2C1B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="6D7C85B3" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="967"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BCFF7AD" w14:textId="107DC426" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="1DA1631B" w14:textId="77777777" w:rsidR="007D7623" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-ZA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C734D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ensure that the new staff members workstation is fully set up and has all the basic equipment and furniture that they will need to perform their duties, as well as a "start-up" stationery supply. Please arrange this in advance. (Contact for second-hand office furniture:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00131C0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Furniture Reallocation and Disposal Services</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="00CD0B31">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-            </w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C734D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-ZA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BCFF7AD" w14:textId="6D8B8CB1" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact for new furniture purchases</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00C734D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t xml:space="preserve">: </w:t>
               </w:r>
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00131C0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
-                <w:t>Furniture Procurement.</w:t>
+                <w:t>Furniture Procurement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
+            <w:r w:rsidR="00131C0D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAA01FA" w14:textId="02CA26A4" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="2EAA01FA" w14:textId="02CA26A4" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="370800339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="645D61C4" w14:textId="73701A33" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B26C2" w:rsidRPr="00C734D1" w14:paraId="0EA964B7" w14:textId="77777777" w:rsidTr="009D21F2">
+      <w:tr w:rsidR="000B26C2" w:rsidRPr="00C734D1" w14:paraId="0EA964B7" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10312" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3F893B01" w14:textId="6C5CD0DD" w:rsidR="000B26C2" w:rsidRPr="00C734D1" w:rsidRDefault="000B26C2" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The week before the staff member arrives</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="62FB11F3" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AC85EE2" w14:textId="5F0517B8" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inform future colleagues and the department that a new staff member is starting, when they will be starting, what their name is (possibly a brief introduction of the person), and what their area of responsibility will be. (This can be done via email where all relevant staff have access to email and can be prepared in advance and sent via “Delay Delivery” option in Outlook).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FCE8BE1" w14:textId="0FA63806" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="0FCE8BE1" w14:textId="0FA63806" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="250935375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D8A8901" w14:textId="399B245B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2845,193 +2955,192 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10E6F91B" w14:textId="68FF52D8" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inform any other department(s) that need to know about the arrival of the new staff member, e.g. the switchboard and ensure that they are added to the various communication channels and platforms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07ECDDC1" w14:textId="17A834CE" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="07ECDDC1" w14:textId="17A834CE" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="276459105"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="071AEE3B" w14:textId="5F02C282" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="109807A6" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B04183" w14:textId="5C0BF7FC" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="12B04183" w14:textId="1EC7ABC2" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that the new staff members </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="007D7623">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>First Week Itinerary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is updated and send to them the day before,</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> at latest,</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and include the Induction Facilitator and other relevant stakeholders.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75BE16E6" w14:textId="2AFE8453" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="75BE16E6" w14:textId="2AFE8453" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1042717044"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ECE04BA" w14:textId="7D02F6AC" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3047,75 +3156,74 @@
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="605C6978" w14:textId="571416CF" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Check that the staff members workstation is set up and ready for their arrival on the first day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4B0095" w14:textId="0127348E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="5D4B0095" w14:textId="0127348E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-714272651"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A9F103C" w14:textId="3C0D177E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3125,317 +3233,320 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="6CFD5A4F" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="704575C2" w14:textId="502CC48F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If the staff member is staying in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="007D7623">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>University accommodation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, you should make arrangements for the flat/house to be stocked with basic provisions i.e. coffee, tea, sugar, milk, bread, margarine, juice, sandwich spreads, etc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E239964" w14:textId="5817DB3D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="3E239964" w14:textId="5817DB3D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1341578598"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="030008EE" w14:textId="0812390F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="4D487576" w14:textId="77777777" w:rsidTr="00723944">
+      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="4D487576" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F96F99F" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F96F99F" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>On the first day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="052AD6C1" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="052AD6C1" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="012BA920" w14:textId="607BB710" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="012BA920" w14:textId="607BB710" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="1A376239" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72D42C05" w14:textId="42D54936" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welcome and introduce the new staff member to fellow colleagues and members of staff in the department and or faculty. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4B5D7D" w14:textId="42658A13" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="0F4B5D7D" w14:textId="42658A13" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="919684019"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48D699A9" w14:textId="5243D4E6" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="19382060" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="1732"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B39E6B0" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Show the staff member around the department, building and campus (including essential amenities and services). The following are important: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7753E405" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> How does the telephone system work? (many staff think that they are required to dial the complete telephone number for an internal call) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="685F9E35" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3488,92 +3599,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Where is one permitted to smoke? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EC8E43E" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Advise them where to find </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00C734D1">
+              <w:t> Advise them where to find</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D7623">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="007D7623">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>administrative forms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BE8EC3A" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> How does one </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="007D7623">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>contact the IT Service Desk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="300BF24A" w14:textId="0CC2A0D5" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
@@ -3587,75 +3708,74 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>their</w:t>
             </w:r>
             <w:r w:rsidR="00FB6A7A" w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">position.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2B8502" w14:textId="7A16CE2D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="0F2B8502" w14:textId="7A16CE2D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1387756289"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67DA70AA" w14:textId="7FCDA478" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3672,128 +3792,129 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="1B0D3FCE" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="154293BE" w14:textId="0A50C0A3" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Discuss what to do in the event of an emergency i.e. fire in the building, injuries or accidents. Where the emergency exits are, who keeps the first aid kit for the building and who the fire </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>marshall</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is. Ensure that the staff member watches the mandatory</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>OHSE Induction video</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and ensure that they complete any other OHSE modules that have been assigned on their SuccessFactors Learning Plan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5212F350" w14:textId="57F08D95" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="5212F350" w14:textId="57F08D95" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1294515453"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0806D116" w14:textId="52DBB747" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3810,185 +3931,189 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="42A6AEC4" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C54477F" w14:textId="1161797E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Once the staff member has been allocated to their workstation with their computer, ensure that they have their temporary log in details and that they go through the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>ICT Checklist for New staff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. The temporary log in details are required to be changes and they will be directed to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>www.icts.uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&gt; Services section &gt;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="00C33F81">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Your account</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(to view the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>ICTS Guide for Staff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, how to manage passwords and updating details on white pages).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027EBDC3" w14:textId="42746312" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="027EBDC3" w14:textId="42746312" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-130787687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0847B991" w14:textId="5E26685E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3997,489 +4122,591 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="26DD682C" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76BBF8A8" w14:textId="648C9AA8" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If required, discuss parking arrangements on campus or have the staff member contact the Traffic Office (x3312) to discuss how to obtain a parking disc. See: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Staff parking</w:t>
               </w:r>
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>application &amp; renewal form (TA01)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> If they do not wish to pay </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>upfront</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> they may e-mail the form: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>mailto:traffic@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC28EF5" w14:textId="0609907F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="5DC28EF5" w14:textId="0609907F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-425720967"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12A95DB4" w14:textId="61DFB228" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="5AECE146" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65704785" w14:textId="4C088CDA" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="65704785" w14:textId="162BD8A9" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Accompany or direct the staff member to the Appointments Office (Bremner Building) in order to hand in all completed documentation e.g. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r w:rsidRPr="00C33F81">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Personal details form (HR101)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="00C33F81">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(if not already submitted), Benefit forms (where applicable). Once the staff member's details have been captured on SAP he/she will be issued with a staff number and should then proceed to Access Control Services, (x3030), new Properties and Services Building above the Traffic Office on upper campus to have his/</w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00C734D1">
+              <w:t xml:space="preserve">(if not already submitted), Benefit forms (where applicable). Once the staff member's details have been captured on SAP he/she will be issued with a staff number and should then proceed to Access Control Services, (x3030), new Properties and Services Building above the Traffic Office on upper campus to have </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF1DA3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r w:rsidRPr="00FF1DA3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:u w:val="none"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
-                <w:t>her staff card</w:t>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00FF1DA3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-ZA"/>
+                </w:rPr>
+                <w:t>s</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C734D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-ZA"/>
+                </w:rPr>
+                <w:t>taff card</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>issued (provided the staff member brings an identity document and proof of appointment).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B824D40" w14:textId="37F8FB47" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="2B824D40" w14:textId="37F8FB47" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-702632233"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F8919E7" w14:textId="3335A185" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="6E3C2E4F" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAE199B" w14:textId="08E528D9" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="1AAE199B" w14:textId="445C421D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00843A6D" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Advise the staff member to view the UCTRF induction videos</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Advise the staff member to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00C734D1">
+              <w:t xml:space="preserve">attend </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:bCs/>
-[...32 lines deleted...]
-                  <w:lang w:val="en-ZA"/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>benefit information session</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">,  held monthly via MS Teams from 10h00 - 13h00. If the member </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>is not able to</w:t>
-[...3 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71F1F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> attend the induction session, they may view a recording of the session on the UCTRF website</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              <w:t>PC09 and above and academic staff</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are held </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-ZA"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>monthly via Microsoft Teams</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, on </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the first Tuesday of each month</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, from </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10:00 to 12:00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> If the member is not able to attend th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>is and able to complete the forms independently</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, they may view a recording of the session on the UCTRF website </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:bCs/>
-[...4 lines deleted...]
-                <w:t>https://uctrf.co.za/uctrf/new-member-sessions</w:t>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://uctrf.co.za/uctrf/new-member-session</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003F4BE5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>s</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
-[...5 lines deleted...]
-              <w:t>. </w:t>
+            <w:r w:rsidR="004C03C5">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6AF4BF" w14:textId="791E67FA" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="5F6AF4BF" w14:textId="791E67FA" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1289542594"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="241900B0" w14:textId="45942562" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4522,99 +4749,99 @@
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>conditions of service</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:anchor="annexure" w:history="1">
               <w:r w:rsidRPr="00C734D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>UCT Code of Conduct</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="004C03C5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>to ensure that the new staff member fully understands these.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="384E4BE9" w14:textId="1E87D177" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="384E4BE9" w14:textId="1E87D177" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1006131529"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67A65F83" w14:textId="03679867" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4741,75 +4968,74 @@
               <w:r w:rsidRPr="00C734D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>remuneration</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and benefits. More information regarding conditions of service may be obtained from the HR Department.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="385664DB" w14:textId="5B7B8E95" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="385664DB" w14:textId="5B7B8E95" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="128829491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07CCC77B" w14:textId="39D84185" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4826,261 +5052,277 @@
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CD5D611" w14:textId="616F872E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Check in with the staff member at the end of the first day to address any immediate concerns or questions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="400C9EE1" w14:textId="2E7FC549" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="400C9EE1" w14:textId="2E7FC549" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="205455351"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="728231CD" w14:textId="21AB3493" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="6DB169DD" w14:textId="77777777" w:rsidTr="00723944">
+      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="6DB169DD" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5B3061C2" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3061C2" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the first week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="632E8B63" w14:textId="4499AEC4" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="632E8B63" w14:textId="4499AEC4" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3132D994" w14:textId="71FF1DFE" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3132D994" w14:textId="71FF1DFE" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="67CA44D4" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36C684DF" w14:textId="5AF0D250" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Discuss with the new staff member what is expected of staff in your department i.e. general rules/procedures/systems used in the department/what hours the person will work. Agreed working hours should be put in writing and a copy kept on his/her personnel file in HR. Procedure for reporting absences from work, time </w:t>
+          <w:p w14:paraId="36C684DF" w14:textId="1344521D" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C734D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discuss with the new staff member what is expected of staff in your department i.e. general rules/procedures/systems used in the department/what hours the person will work. Agreed working hours should be put in writing and a copy kept on </w:t>
+            </w:r>
+            <w:r w:rsidR="004E6975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">their </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C734D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">personnel file in HR. Procedure for reporting absences from work, time </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>off, leave</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> etc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8DD821" w14:textId="083C1C08" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="5A8DD821" w14:textId="083C1C08" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="28462609"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="789B0A4B" w14:textId="67C70EC0" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5139,75 +5381,74 @@
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>who will place it in their personnel file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28192515" w14:textId="050C15D5" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="28192515" w14:textId="050C15D5" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1205297587"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2811A7CE" w14:textId="00B12D07" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5218,84 +5459,82 @@
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="0824CE67" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37F8E8AD" w14:textId="16DB817C" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Explain to the new staff member how their role and responsibilities relate UCT’s institutional goals and organisational structure and encourage them to think about the impact they can make whether directly or indirectly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B613F78" w14:textId="3BAE4553" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="5B613F78" w14:textId="3BAE4553" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2144768590"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6303140B" w14:textId="2A0D4D75" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5409,75 +5648,74 @@
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD75447" w14:textId="27A65CCB" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="1BD75447" w14:textId="27A65CCB" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-517850920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11243624" w14:textId="4D1438E4" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5486,83 +5724,83 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="390A55F6" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="759865A3" w14:textId="3D15FF4E" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">If applicable, introduce the new staff member to a contact person who will assist with queries and questions related to administration i.e. Administrative Assistant or Departmental Secretary. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF189FB" w14:textId="344290D8" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="0DF189FB" w14:textId="344290D8" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2017982375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BAB561D" w14:textId="15558C3C" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5621,234 +5859,236 @@
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>staff bodies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> responsible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7ACA9C" w14:textId="78BB71AD" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="6A7ACA9C" w14:textId="78BB71AD" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="379065281"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A6162E2" w14:textId="79D7E50B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Induction Facilitator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="70B94279" w14:textId="77777777" w:rsidTr="00723944">
+      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="70B94279" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4797B214" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the first month (30 days)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6CD27E8B" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD27E8B" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E3850D2" w14:textId="69EE0F6B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3850D2" w14:textId="69EE0F6B" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="50291830" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15F40CCE" w14:textId="20219F45" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+          <w:p w14:paraId="15F40CCE" w14:textId="3E34D6A2" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Set a date to meet with the new staff member to set </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00C734D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>objectives and goals</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
+            <w:r w:rsidRPr="004C03C5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and inform them to document these on the </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00C734D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HR210 </w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
@@ -5896,104 +6136,104 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00EE02B2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SuccessFactors</w:t>
               </w:r>
               <w:r w:rsidRPr="00C734D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44F96C47" w14:textId="6FAF96C2" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="44F96C47" w14:textId="6FAF96C2" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1954282283"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D8891C" w14:textId="7BBAB688" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6010,75 +6250,74 @@
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D41C6D5" w14:textId="33E0401F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Establish whether there are any immediate training needs and include this in their Personal Development Plan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09108410" w14:textId="681F504F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="09108410" w14:textId="681F504F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-391346480"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B67AA31" w14:textId="33B02F3A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6122,75 +6361,74 @@
                 <w:t>HR Admin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>who will place it in their personnel file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="514BBAB1" w14:textId="1458DB97" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="514BBAB1" w14:textId="1458DB97" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1563209348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61B0A2E1" w14:textId="20114333" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6200,290 +6438,293 @@
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="351FBDDD" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BC98798" w14:textId="2F540F8B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that the staff member knows how to view their online electronic payslip via SAP HR Employee Self-Service, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00EE02B2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>instructions and Frequently Asked Questions are available on the HR website</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. IRP5 tax certificates will be available in July each year. To understand the layout and content of the payslip, see: </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00EE02B2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Understanding your UCT payslip</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C734D1">
-              <w:rPr>
+            <w:r w:rsidRPr="00EE02B2">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="752AD313" w14:textId="2FECF11F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="752AD313" w14:textId="2FECF11F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="275384683"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62634A51" w14:textId="59B44E40" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HRBP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="055219EE" w14:textId="77777777" w:rsidTr="00723944">
+      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="055219EE" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="376E8626" w14:textId="591A3371" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the second month (60 days)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15CE884C" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CE884C" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="70523734" w14:textId="4739F73C" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70523734" w14:textId="4739F73C" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="2AC85778" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B360A75" w14:textId="4A625C11" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60-day check in with staff member</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="662581D9" w14:textId="527C0B00" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="662581D9" w14:textId="527C0B00" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1044490350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71D49077" w14:textId="5EFB34CD" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6503,109 +6744,109 @@
           <w:p w14:paraId="6F8AB11C" w14:textId="28EF97CF" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ensure that the performance objectives and goals have been documented on the</w:t>
             </w:r>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r w:rsidRPr="00C734D1">
+              <w:r w:rsidRPr="00EE02B2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR210</w:t>
               </w:r>
               <w:r w:rsidRPr="00C734D1">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="3A3A3C" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>form  after these have been agreed with the new staff member.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0645A4D7" w14:textId="22E7C1C0" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="0645A4D7" w14:textId="22E7C1C0" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-244809206"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42AEB87D" w14:textId="592F4A63" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6621,240 +6862,240 @@
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72957D2C" w14:textId="0FD8358A" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ensure that all mandatory training has been complete at this stage.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="411FE99A" w14:textId="300097CD" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="411FE99A" w14:textId="300097CD" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="830865048"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BEFEB15" w14:textId="69F39820" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="330DD1B2" w14:textId="77777777" w:rsidTr="00723944">
+      <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="330DD1B2" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB14AE4" w14:textId="27CF1FA2" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the third month (90 days)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="619B5603" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="619B5603" w14:textId="77777777" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05F60A16" w14:textId="343147C6" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F60A16" w14:textId="343147C6" w:rsidR="00E933B3" w:rsidRPr="00B663E0" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C734D1">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B663E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E933B3" w:rsidRPr="00C734D1" w14:paraId="1742B686" w14:textId="77777777" w:rsidTr="00723944">
         <w:trPr>
           <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB6F6DA" w14:textId="6276CF0B" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>90-day check-in with staff member</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10BB665D" w14:textId="6F184ABC" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="10BB665D" w14:textId="6F184ABC" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1505010808"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17C01CA2" w14:textId="4A8CA5A4" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6871,75 +7112,74 @@
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22CECE2B" w14:textId="696851B0" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ensure that all mandatory training has been complete at this stage.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75C2AC8D" w14:textId="08A98155" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="75C2AC8D" w14:textId="08A98155" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="953058070"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="548AA626" w14:textId="3F63E12F" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6971,326 +7211,326 @@
               </w:rPr>
               <w:t xml:space="preserve">Provide an early informal performance review. This activity should conclude with the creation of </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>an</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> personal development plan for the new staff member.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D71B22" w14:textId="70530768" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="005E510A" w:rsidP="006C7FD7">
+          <w:p w14:paraId="62D71B22" w14:textId="70530768" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00000000" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1989467180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E933B3" w:rsidRPr="00C734D1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EE7DA3F" w14:textId="71ABB1F6" w:rsidR="00E933B3" w:rsidRPr="00C734D1" w:rsidRDefault="00E933B3" w:rsidP="006C7FD7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="327A9E44" w14:textId="77777777" w:rsidR="004130C1" w:rsidRPr="00C734D1" w:rsidRDefault="004130C1" w:rsidP="00BE0A4B">
       <w:pPr>
         <w:pStyle w:val="Tablehead"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="10403" w:type="dxa"/>
         <w:tblInd w:w="-60" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="5300"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w14:paraId="61CD792E" w14:textId="77777777" w:rsidTr="00BE0A4B">
+      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w14:paraId="61CD792E" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10403" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4A094CA0" w14:textId="6FAD36F5" w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w:rsidRDefault="00BE0A4B" w:rsidP="00BE0A4B">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C734D1">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00B663E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HOD/Line Manager checklist sign-off</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w14:paraId="4424AAFB" w14:textId="77777777" w:rsidTr="00BE0A4B">
+      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w14:paraId="4424AAFB" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32319B64" w14:textId="0DA4B078" w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w:rsidRDefault="00BE0A4B" w:rsidP="00BE0A4B">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5300" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34232A90" w14:textId="1C2F5A45" w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w:rsidRDefault="00BE0A4B" w:rsidP="00BE0A4B">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Department:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w14:paraId="7516865E" w14:textId="77777777" w:rsidTr="00BE0A4B">
+      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w14:paraId="7516865E" w14:textId="77777777" w:rsidTr="00B663E0">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DC042C3" w14:textId="6C539C86" w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w:rsidRDefault="00BE0A4B" w:rsidP="00BE0A4B">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
             <w:r w:rsidR="00130996" w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5300" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63CE1C0A" w14:textId="1A11F39B" w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w:rsidRDefault="00BE0A4B" w:rsidP="00BE0A4B">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
             <w:r w:rsidR="00130996" w:rsidRPr="00C734D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="002060"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1870287436"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy/MM/dd"/>
                   <w:lid w:val="en-ZA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00130996" w:rsidRPr="00C734D1">
+                <w:r w:rsidR="00130996" w:rsidRPr="00B663E0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:color w:val="003C64"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24CA879B" w14:textId="77777777" w:rsidR="00BE0A4B" w:rsidRPr="00C734D1" w:rsidRDefault="00BE0A4B" w:rsidP="00016ADC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-ZA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A68EF9A" w14:textId="77777777" w:rsidR="00F32B1E" w:rsidRPr="00C734D1" w:rsidRDefault="00F32B1E" w:rsidP="00016ADC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -7350,61 +7590,61 @@
     </w:p>
     <w:p w14:paraId="08B7C1F7" w14:textId="2F1C843B" w:rsidR="00AF5CAE" w:rsidRPr="00C734D1" w:rsidRDefault="00AF5CAE" w:rsidP="00016ADC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF5CAE" w:rsidRPr="00C734D1" w:rsidSect="00BD731C">
       <w:headerReference w:type="default" r:id="rId70"/>
       <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="864" w:right="1080" w:bottom="1080" w:left="1080" w:header="0" w:footer="144" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59FEBC88" w14:textId="77777777" w:rsidR="006256DD" w:rsidRDefault="006256DD" w:rsidP="001851E3">
+    <w:p w14:paraId="04C77A78" w14:textId="77777777" w:rsidR="00280BBE" w:rsidRDefault="00280BBE" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="627BF046" w14:textId="77777777" w:rsidR="006256DD" w:rsidRDefault="006256DD" w:rsidP="001851E3">
+    <w:p w14:paraId="10A04D0A" w14:textId="77777777" w:rsidR="00280BBE" w:rsidRDefault="00280BBE" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7576,71 +7816,70 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="062CBAD8" w14:textId="2A9CF41C" w:rsidR="009A5904" w:rsidRDefault="005E510A">
+                          <w:p w14:paraId="062CBAD8" w14:textId="2A9CF41C" w:rsidR="009A5904" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Footer"/>
                               <w:jc w:val="right"/>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                   <w:caps/>
                                   <w:color w:val="00B0F0" w:themeColor="accent1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:alias w:val="Title"/>
                                 <w:tag w:val=""/>
                                 <w:id w:val="-2000573687"/>
                                 <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                                 <w:text/>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="009A5904" w:rsidRPr="009A5904">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                     <w:caps/>
                                     <w:color w:val="00B0F0" w:themeColor="accent1"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                   <w:t>uct nEW EMPLOYEE ONBOARDING – lINE mANAGER cHECKLIST (pass sTAFF)</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidR="009A5904">
                               <w:rPr>
                                 <w:caps/>
                                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t> | </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
@@ -7707,61 +7946,61 @@
                         <w:rPr>
                           <w:caps/>
                           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t> | </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="194359E5" w14:textId="77777777" w:rsidR="006256DD" w:rsidRDefault="006256DD" w:rsidP="001851E3">
+    <w:p w14:paraId="205C16C6" w14:textId="77777777" w:rsidR="00280BBE" w:rsidRDefault="00280BBE" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BE1815C" w14:textId="77777777" w:rsidR="006256DD" w:rsidRDefault="006256DD" w:rsidP="001851E3">
+    <w:p w14:paraId="16594017" w14:textId="77777777" w:rsidR="00280BBE" w:rsidRDefault="00280BBE" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B90C950" w14:textId="3E891B2A" w:rsidR="009A5904" w:rsidRDefault="00F675CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C4B688C" wp14:editId="101A2CDF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
@@ -8085,220 +8324,235 @@
     <w:rsidRoot w:val="00BE6C32"/>
     <w:rsid w:val="00003169"/>
     <w:rsid w:val="0000721F"/>
     <w:rsid w:val="00016ADC"/>
     <w:rsid w:val="00017A6E"/>
     <w:rsid w:val="00030B50"/>
     <w:rsid w:val="00040D94"/>
     <w:rsid w:val="00046D59"/>
     <w:rsid w:val="00046E79"/>
     <w:rsid w:val="00064185"/>
     <w:rsid w:val="00072251"/>
     <w:rsid w:val="00081000"/>
     <w:rsid w:val="0008718B"/>
     <w:rsid w:val="000A0667"/>
     <w:rsid w:val="000B26C2"/>
     <w:rsid w:val="000C0521"/>
     <w:rsid w:val="000D0393"/>
     <w:rsid w:val="000D0A18"/>
     <w:rsid w:val="000D3732"/>
     <w:rsid w:val="000E49F0"/>
     <w:rsid w:val="000F20CE"/>
     <w:rsid w:val="000F6013"/>
     <w:rsid w:val="0010593A"/>
     <w:rsid w:val="00116D76"/>
     <w:rsid w:val="00130996"/>
+    <w:rsid w:val="00131C0D"/>
     <w:rsid w:val="00133B02"/>
     <w:rsid w:val="001513FA"/>
     <w:rsid w:val="00171864"/>
     <w:rsid w:val="00182BB4"/>
     <w:rsid w:val="00182EFF"/>
     <w:rsid w:val="001851E3"/>
     <w:rsid w:val="00185F8E"/>
     <w:rsid w:val="00191F64"/>
     <w:rsid w:val="001A65EF"/>
     <w:rsid w:val="001D3619"/>
     <w:rsid w:val="001D52BF"/>
     <w:rsid w:val="001E2E9C"/>
+    <w:rsid w:val="00201201"/>
     <w:rsid w:val="00202AFF"/>
     <w:rsid w:val="00203215"/>
     <w:rsid w:val="002103C8"/>
     <w:rsid w:val="00216A90"/>
+    <w:rsid w:val="0022010A"/>
     <w:rsid w:val="002201B4"/>
     <w:rsid w:val="002315F9"/>
     <w:rsid w:val="0024333F"/>
     <w:rsid w:val="002559D0"/>
     <w:rsid w:val="00275D7E"/>
     <w:rsid w:val="002803E4"/>
+    <w:rsid w:val="00280BBE"/>
     <w:rsid w:val="00281573"/>
     <w:rsid w:val="0029479D"/>
     <w:rsid w:val="00296DCE"/>
     <w:rsid w:val="002A16D5"/>
     <w:rsid w:val="002B7BE3"/>
     <w:rsid w:val="002C7B61"/>
     <w:rsid w:val="002D0931"/>
     <w:rsid w:val="002F2D1D"/>
     <w:rsid w:val="00301443"/>
     <w:rsid w:val="00314AAC"/>
     <w:rsid w:val="0032014B"/>
     <w:rsid w:val="00320965"/>
     <w:rsid w:val="003228F9"/>
     <w:rsid w:val="00331DCF"/>
     <w:rsid w:val="003345EB"/>
     <w:rsid w:val="00336FBE"/>
     <w:rsid w:val="00336FC7"/>
     <w:rsid w:val="00346CE7"/>
     <w:rsid w:val="0034717E"/>
     <w:rsid w:val="00351BD9"/>
     <w:rsid w:val="00360247"/>
     <w:rsid w:val="00375D08"/>
     <w:rsid w:val="0037764D"/>
     <w:rsid w:val="00395724"/>
     <w:rsid w:val="003B04E5"/>
     <w:rsid w:val="003C51FB"/>
     <w:rsid w:val="003D1951"/>
     <w:rsid w:val="003D7BF6"/>
     <w:rsid w:val="003E3D89"/>
     <w:rsid w:val="003E7B5F"/>
     <w:rsid w:val="004130C1"/>
     <w:rsid w:val="00414FAB"/>
     <w:rsid w:val="004167B1"/>
     <w:rsid w:val="00417B9A"/>
     <w:rsid w:val="00422273"/>
     <w:rsid w:val="0043660F"/>
     <w:rsid w:val="00440ABA"/>
     <w:rsid w:val="00453938"/>
     <w:rsid w:val="00454BB1"/>
     <w:rsid w:val="0045520F"/>
     <w:rsid w:val="00456D38"/>
+    <w:rsid w:val="004754E8"/>
     <w:rsid w:val="004761F9"/>
     <w:rsid w:val="00482C09"/>
     <w:rsid w:val="00485CAF"/>
     <w:rsid w:val="00490D8F"/>
     <w:rsid w:val="00492FFB"/>
     <w:rsid w:val="004A2A27"/>
     <w:rsid w:val="004A412F"/>
     <w:rsid w:val="004A7E2A"/>
     <w:rsid w:val="004B2D30"/>
     <w:rsid w:val="004B712E"/>
+    <w:rsid w:val="004C03C5"/>
     <w:rsid w:val="004C071E"/>
     <w:rsid w:val="004C18C3"/>
     <w:rsid w:val="004C2FE9"/>
     <w:rsid w:val="004E004A"/>
     <w:rsid w:val="004E242A"/>
+    <w:rsid w:val="004E5F9F"/>
+    <w:rsid w:val="004E6975"/>
     <w:rsid w:val="004F03F2"/>
     <w:rsid w:val="0050360E"/>
     <w:rsid w:val="00511D20"/>
     <w:rsid w:val="005144D6"/>
     <w:rsid w:val="00516D3B"/>
     <w:rsid w:val="00543125"/>
     <w:rsid w:val="00553233"/>
     <w:rsid w:val="005706C7"/>
     <w:rsid w:val="00583238"/>
     <w:rsid w:val="005873E1"/>
     <w:rsid w:val="00592161"/>
     <w:rsid w:val="00596AEC"/>
     <w:rsid w:val="005977CC"/>
     <w:rsid w:val="005A5150"/>
     <w:rsid w:val="005C3D77"/>
     <w:rsid w:val="005C71A2"/>
     <w:rsid w:val="005D0899"/>
     <w:rsid w:val="005E510A"/>
     <w:rsid w:val="005F0B4C"/>
     <w:rsid w:val="00600780"/>
     <w:rsid w:val="00611CA6"/>
     <w:rsid w:val="006256DD"/>
     <w:rsid w:val="00626B96"/>
     <w:rsid w:val="00630C8C"/>
     <w:rsid w:val="0063323B"/>
     <w:rsid w:val="00640B1D"/>
     <w:rsid w:val="00650991"/>
     <w:rsid w:val="006521BC"/>
     <w:rsid w:val="00653EA3"/>
     <w:rsid w:val="00654B1F"/>
     <w:rsid w:val="00655117"/>
     <w:rsid w:val="00657A5C"/>
+    <w:rsid w:val="00677486"/>
     <w:rsid w:val="006828BC"/>
     <w:rsid w:val="006841CA"/>
     <w:rsid w:val="00685E67"/>
     <w:rsid w:val="006934B0"/>
     <w:rsid w:val="006A3E7D"/>
     <w:rsid w:val="006B0DC0"/>
     <w:rsid w:val="006B7C75"/>
+    <w:rsid w:val="006B7ED3"/>
     <w:rsid w:val="006C38FE"/>
     <w:rsid w:val="006C4AFB"/>
     <w:rsid w:val="006C5AEB"/>
     <w:rsid w:val="006C7FD7"/>
     <w:rsid w:val="006D3647"/>
     <w:rsid w:val="006D6C3A"/>
     <w:rsid w:val="006D7D31"/>
     <w:rsid w:val="006F1A66"/>
     <w:rsid w:val="006F3625"/>
     <w:rsid w:val="006F6B8D"/>
     <w:rsid w:val="00721CDD"/>
     <w:rsid w:val="00723944"/>
     <w:rsid w:val="00746E11"/>
     <w:rsid w:val="00746F0F"/>
     <w:rsid w:val="00751CAF"/>
     <w:rsid w:val="00752858"/>
     <w:rsid w:val="007549C4"/>
     <w:rsid w:val="007566DD"/>
     <w:rsid w:val="00760EF3"/>
     <w:rsid w:val="007708B6"/>
     <w:rsid w:val="0078459A"/>
     <w:rsid w:val="007853DF"/>
     <w:rsid w:val="00787337"/>
     <w:rsid w:val="00790AD3"/>
+    <w:rsid w:val="007A4416"/>
     <w:rsid w:val="007B1E7A"/>
     <w:rsid w:val="007B26BB"/>
     <w:rsid w:val="007B3D27"/>
+    <w:rsid w:val="007D7623"/>
     <w:rsid w:val="007E31F8"/>
     <w:rsid w:val="007E6341"/>
     <w:rsid w:val="00802B6B"/>
     <w:rsid w:val="008068C6"/>
     <w:rsid w:val="008142DF"/>
     <w:rsid w:val="0082046F"/>
     <w:rsid w:val="00824B94"/>
     <w:rsid w:val="00827648"/>
     <w:rsid w:val="008319CD"/>
     <w:rsid w:val="00843338"/>
+    <w:rsid w:val="00843A6D"/>
     <w:rsid w:val="00855002"/>
     <w:rsid w:val="00857708"/>
     <w:rsid w:val="008612DE"/>
     <w:rsid w:val="008650B2"/>
     <w:rsid w:val="008710D6"/>
     <w:rsid w:val="00872599"/>
     <w:rsid w:val="008725CF"/>
+    <w:rsid w:val="0087442E"/>
     <w:rsid w:val="008753BA"/>
     <w:rsid w:val="0088029D"/>
     <w:rsid w:val="008829B8"/>
     <w:rsid w:val="00887FB9"/>
     <w:rsid w:val="008C1FD6"/>
     <w:rsid w:val="008D1496"/>
     <w:rsid w:val="008D672E"/>
     <w:rsid w:val="008E0161"/>
     <w:rsid w:val="008E4C5A"/>
+    <w:rsid w:val="008E5907"/>
     <w:rsid w:val="008F4B9B"/>
     <w:rsid w:val="008F7094"/>
     <w:rsid w:val="0090002A"/>
     <w:rsid w:val="00904AA3"/>
     <w:rsid w:val="009079D3"/>
     <w:rsid w:val="00910D6E"/>
     <w:rsid w:val="00911942"/>
     <w:rsid w:val="00917574"/>
     <w:rsid w:val="009258D6"/>
     <w:rsid w:val="00933A73"/>
     <w:rsid w:val="009413B8"/>
     <w:rsid w:val="00945A13"/>
     <w:rsid w:val="009470EF"/>
     <w:rsid w:val="009508E6"/>
     <w:rsid w:val="00963358"/>
     <w:rsid w:val="00966250"/>
     <w:rsid w:val="00973BF3"/>
     <w:rsid w:val="009A2F6F"/>
     <w:rsid w:val="009A5904"/>
     <w:rsid w:val="009B0A7F"/>
     <w:rsid w:val="009B7280"/>
     <w:rsid w:val="00A0150E"/>
     <w:rsid w:val="00A04DEC"/>
     <w:rsid w:val="00A151E1"/>
     <w:rsid w:val="00A32A66"/>
@@ -8307,136 +8561,143 @@
     <w:rsid w:val="00A452E4"/>
     <w:rsid w:val="00A47AB9"/>
     <w:rsid w:val="00A77B9C"/>
     <w:rsid w:val="00A84A01"/>
     <w:rsid w:val="00AB13CA"/>
     <w:rsid w:val="00AB3439"/>
     <w:rsid w:val="00AC197A"/>
     <w:rsid w:val="00AD1126"/>
     <w:rsid w:val="00AD12E2"/>
     <w:rsid w:val="00AD6AE3"/>
     <w:rsid w:val="00AE0ACA"/>
     <w:rsid w:val="00AE5E9B"/>
     <w:rsid w:val="00AE7DCB"/>
     <w:rsid w:val="00AF37E4"/>
     <w:rsid w:val="00AF4BAA"/>
     <w:rsid w:val="00AF5CAE"/>
     <w:rsid w:val="00B0104A"/>
     <w:rsid w:val="00B1251E"/>
     <w:rsid w:val="00B25F70"/>
     <w:rsid w:val="00B31CDB"/>
     <w:rsid w:val="00B344C4"/>
     <w:rsid w:val="00B352CA"/>
     <w:rsid w:val="00B46F9A"/>
     <w:rsid w:val="00B55A81"/>
     <w:rsid w:val="00B61F2C"/>
+    <w:rsid w:val="00B663E0"/>
     <w:rsid w:val="00B72A9C"/>
     <w:rsid w:val="00B83FD5"/>
     <w:rsid w:val="00B84AC8"/>
     <w:rsid w:val="00B86409"/>
     <w:rsid w:val="00B9622C"/>
     <w:rsid w:val="00BA06A9"/>
     <w:rsid w:val="00BA29EB"/>
     <w:rsid w:val="00BB1733"/>
     <w:rsid w:val="00BC3005"/>
     <w:rsid w:val="00BC3F20"/>
     <w:rsid w:val="00BC4348"/>
     <w:rsid w:val="00BC557F"/>
     <w:rsid w:val="00BC64EF"/>
     <w:rsid w:val="00BD731C"/>
     <w:rsid w:val="00BE0A4B"/>
     <w:rsid w:val="00BE6C32"/>
     <w:rsid w:val="00C04424"/>
     <w:rsid w:val="00C2031B"/>
     <w:rsid w:val="00C24A9D"/>
     <w:rsid w:val="00C27153"/>
+    <w:rsid w:val="00C33F81"/>
     <w:rsid w:val="00C44EAA"/>
     <w:rsid w:val="00C4792A"/>
     <w:rsid w:val="00C62309"/>
     <w:rsid w:val="00C734D1"/>
     <w:rsid w:val="00C8464D"/>
     <w:rsid w:val="00C921A5"/>
     <w:rsid w:val="00C92DC5"/>
     <w:rsid w:val="00CA0C24"/>
     <w:rsid w:val="00CB6445"/>
     <w:rsid w:val="00CC0710"/>
+    <w:rsid w:val="00CD0B31"/>
     <w:rsid w:val="00CD5DAD"/>
     <w:rsid w:val="00CE71D4"/>
     <w:rsid w:val="00CF448F"/>
     <w:rsid w:val="00D048E4"/>
     <w:rsid w:val="00D368B1"/>
     <w:rsid w:val="00D52EE9"/>
     <w:rsid w:val="00D53A31"/>
     <w:rsid w:val="00D55B84"/>
     <w:rsid w:val="00D61ECB"/>
     <w:rsid w:val="00D70136"/>
     <w:rsid w:val="00D73946"/>
     <w:rsid w:val="00D77121"/>
     <w:rsid w:val="00D9750E"/>
     <w:rsid w:val="00DA1463"/>
     <w:rsid w:val="00DA504C"/>
     <w:rsid w:val="00DB73DC"/>
     <w:rsid w:val="00DC07A1"/>
     <w:rsid w:val="00DD0F02"/>
     <w:rsid w:val="00DF0FCF"/>
     <w:rsid w:val="00E02193"/>
     <w:rsid w:val="00E10EDB"/>
     <w:rsid w:val="00E373EE"/>
+    <w:rsid w:val="00E37B3A"/>
     <w:rsid w:val="00E424A5"/>
     <w:rsid w:val="00E474DE"/>
     <w:rsid w:val="00E538C3"/>
     <w:rsid w:val="00E54A92"/>
+    <w:rsid w:val="00E55518"/>
     <w:rsid w:val="00E74A3E"/>
     <w:rsid w:val="00E764A0"/>
     <w:rsid w:val="00E933B3"/>
     <w:rsid w:val="00EA2256"/>
     <w:rsid w:val="00EB7F48"/>
     <w:rsid w:val="00EC54B8"/>
+    <w:rsid w:val="00EE02B2"/>
     <w:rsid w:val="00EE3BA6"/>
     <w:rsid w:val="00EF5F30"/>
     <w:rsid w:val="00EF620A"/>
     <w:rsid w:val="00F10547"/>
     <w:rsid w:val="00F119A9"/>
     <w:rsid w:val="00F16490"/>
     <w:rsid w:val="00F261DA"/>
     <w:rsid w:val="00F32B1E"/>
     <w:rsid w:val="00F50330"/>
     <w:rsid w:val="00F675CE"/>
     <w:rsid w:val="00F76151"/>
     <w:rsid w:val="00F85D6A"/>
     <w:rsid w:val="00F9473F"/>
     <w:rsid w:val="00F947C1"/>
     <w:rsid w:val="00FA360D"/>
     <w:rsid w:val="00FA4506"/>
     <w:rsid w:val="00FB0CD7"/>
     <w:rsid w:val="00FB606C"/>
     <w:rsid w:val="00FB6A7A"/>
     <w:rsid w:val="00FC0B53"/>
     <w:rsid w:val="00FD6347"/>
     <w:rsid w:val="00FE0A21"/>
     <w:rsid w:val="00FE700E"/>
     <w:rsid w:val="00FF1117"/>
+    <w:rsid w:val="00FF1DA3"/>
     <w:rsid w:val="00FF4657"/>
     <w:rsid w:val="00FF47EE"/>
     <w:rsid w:val="1D7E7750"/>
     <w:rsid w:val="272BA52C"/>
     <w:rsid w:val="2F473D47"/>
     <w:rsid w:val="69EB0664"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ZA" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -9435,51 +9696,51 @@
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002803E4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/170857" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctrf.co.za/uctrf/new-member-sessions" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr210.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/coe_ranges/payslip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap01.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/learning/staff_developmentguide" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr100a.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/first-week-itinerary-template.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-trading-post/furniture-trading-post)" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/it-service-desk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr101.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/home/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations-staff-bodies/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/SAP-training" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/contacts/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dITEM%5fDETAILS%26componentID%3d1000009%26componentTypeID%3dCRSE%26revisionDate%3d1533110400000%26targetStudentSysGUID%3d%26actingAs%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dCATALOG%5fSEARCH%26sbArSel%3d%26keywords%3dOHSE%26selKeyWordHeader%3dOHSE%26catSel%3d%26srcSel%3d%26delMthSel%3d%26ILDateFrm%3d%26ILDateTo%3d%26ILBlend%3d%26ILSchd%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stayandconnect.uct.ac.za/sc/faculty-staff-housing" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/ta01.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/90-day-integration-plan-template.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr210.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations/uct-disciplinary-policy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr100c.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap02.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/private_work/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-services/furniture-procurement" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctcloud.sharepoint.com/:v:/s/OHSEDocuments-OHSEInternalDocuments/EVMjQ7qLfMhAoFRZU1KFORgBIrMg3wPok7-hcEmnAOtO1Q" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/cards/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr210.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sapess/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staff.uct.ac.za/staff/finance/procurement/purchasing/card" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/your-account" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/performance/management/academic_staff/performance_planning/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icts-helpdesk@uct.ac.za" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/90-day-integration-plan-template.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hr-stafflearningcentre@uct.ac.za" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/forms.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctrf.co.za/uctrf/new-member-sessions" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/performance-promotion-performance-management-pass-staff-performance/development-dialogue" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ohstraining@uct.ac.za" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:traffic@uct.ac.za" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uct.ac.za" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/remuneration-benefits-other-employment-benefits/clubs-societies-and-social-activities" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/uct-new-employee-onboarding-employee-resource-guide-v1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap03.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:https://icts.uct.ac.za/services-training/setting-your-it-uct-staff" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/first-week-itinerary-template.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/policy/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/170857" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/your-account" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/cards/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr210.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/coe_ranges/payslip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap01.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hr-stafflearningcentre@uct.ac.za" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr100a.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742827" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ohstraining@uct.ac.za" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/forms.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:https://icts.uct.ac.za/services-training/setting-your-it-uct-staff" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:traffic@uct.ac.za" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/home/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations-staff-bodies/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/SAP-training" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/contacts/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/prospective-new-staff-induction/introduction-uct-new-staff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/learning/staff_developmentguide" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742827" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742820" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr210.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations/uct-disciplinary-policy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr100c.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap02.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/private_work/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-trading-post/furniture-trading-post)" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/it-service-desk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr101.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr210.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sapess/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staff.uct.ac.za/staff/finance/procurement/purchasing/card" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/performance/management/academic_staff/performance_planning/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icts-helpdesk@uct.ac.za" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742820" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dITEM%5fDETAILS%26componentID%3d1000009%26componentTypeID%3dCRSE%26revisionDate%3d1533110400000%26targetStudentSysGUID%3d%26actingAs%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stayandconnect.uct.ac.za/sc/faculty-staff-housing" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctrf.co.za/uctrf/new-member-sessions" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/performance-promotion-performance-management-pass-staff-performance/development-dialogue" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dCATALOG%5fSEARCH%26sbArSel%3d%26keywords%3dOHSE%26selKeyWordHeader%3dOHSE%26catSel%3d%26srcSel%3d%26delMthSel%3d%26ILDateFrm%3d%26ILDateTo%3d%26ILBlend%3d%26ILSchd%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/ta01.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uct.ac.za" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/remuneration-benefits-other-employment-benefits/clubs-societies-and-social-activities" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742849" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap03.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctcloud.sharepoint.com/:v:/s/OHSEDocuments-OHSEInternalDocuments/EVMjQ7qLfMhAoFRZU1KFORgBIrMg3wPok7-hcEmnAOtO1Q" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-services/furniture-procurement" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/policy/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\01468221\AppData\Roaming\Microsoft\Templates\Documents%20to%20store%20and%20share%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -9607,50 +9868,52 @@
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB3ECC"/>
     <w:rsid w:val="000F20CE"/>
     <w:rsid w:val="002546FC"/>
     <w:rsid w:val="00702BAC"/>
     <w:rsid w:val="00855002"/>
     <w:rsid w:val="00AB3ECC"/>
+    <w:rsid w:val="00E005D7"/>
+    <w:rsid w:val="00E55518"/>
     <w:rsid w:val="00EF5F30"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ZA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -10419,83 +10682,63 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="28" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="60f5a4f2d2b0abadcf532d48ebf9cb71">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" xmlns:ns4="230e9df3-be65-4c73-a93b-d1236ebd677e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7dd78129e6a1811f84807ad11c651531" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:import namespace="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Image" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -10763,133 +11006,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Image xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Image>
+    <Status xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">Not started</Status>
+    <Background xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">false</Background>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <ImageTagsTaxHTField xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ImageTagsTaxHTField>
+    <TaxCatchAll xmlns="230e9df3-be65-4c73-a93b-d1236ebd677e" xsi:nil="true"/>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C274FEAC-9B74-48BF-9EF9-106FAB70F562}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CC8BB02-A43C-4B29-B7C6-B9328D334CDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C274FEAC-9B74-48BF-9EF9-106FAB70F562}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8F946C6-88BB-40E0-ADDC-387B750B11E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E90DBD6E-AB6A-4677-A104-91320E3955B4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+    <ds:schemaRef ds:uri="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Documents to store and share checklist</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2990</Words>
-  <Characters>14295</Characters>
+  <Words>2762</Words>
+  <Characters>14197</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>386</Lines>
-  <Paragraphs>224</Paragraphs>
+  <Lines>405</Lines>
+  <Paragraphs>217</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17061</CharactersWithSpaces>
+  <CharactersWithSpaces>16742</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>uct nEW EMPLOYEE ONBOARDING – lINE mANAGER cHECKLIST (pass sTAFF)</dc:title>
   <dc:subject/>
   <dc:creator>Cherise Llewellyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>
   </property>