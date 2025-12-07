--- v0 (2025-11-11)
+++ v1 (2025-12-07)
@@ -16,227 +16,227 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="19332BD1" w14:textId="77777777" w:rsidR="00AD6AE3" w:rsidRPr="00582558" w:rsidRDefault="00BE6C32" w:rsidP="000D3732">
+    <w:p w14:paraId="19332BD1" w14:textId="77777777" w:rsidR="00AD6AE3" w:rsidRPr="00E77604" w:rsidRDefault="00BE6C32" w:rsidP="000D3732">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00582558">
+      <w:r w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
         <w:t>UCT New Employee Onboardin</w:t>
       </w:r>
-      <w:r w:rsidR="009A5904" w:rsidRPr="00582558">
+      <w:r w:rsidR="009A5904" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647EEF25" w14:textId="6D47CF4C" w:rsidR="00BE6C32" w:rsidRPr="00582558" w:rsidRDefault="00B82558" w:rsidP="000D3732">
+    <w:p w14:paraId="647EEF25" w14:textId="6D47CF4C" w:rsidR="00BE6C32" w:rsidRPr="00E77604" w:rsidRDefault="00B82558" w:rsidP="000D3732">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00582558">
+      <w:r w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>HOD/</w:t>
       </w:r>
-      <w:r w:rsidR="00E515BD" w:rsidRPr="00582558">
+      <w:r w:rsidR="00E515BD" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6C32" w:rsidRPr="00582558">
+      <w:r w:rsidR="00BE6C32" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">ine </w:t>
       </w:r>
-      <w:r w:rsidR="00E515BD" w:rsidRPr="00582558">
+      <w:r w:rsidR="00E515BD" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6C32" w:rsidRPr="00582558">
+      <w:r w:rsidR="00BE6C32" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">anager </w:t>
       </w:r>
-      <w:r w:rsidR="00813325" w:rsidRPr="00582558">
+      <w:r w:rsidR="00813325" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6C32" w:rsidRPr="00582558">
+      <w:r w:rsidR="00BE6C32" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>hecklist</w:t>
       </w:r>
-      <w:r w:rsidR="00F32B1E" w:rsidRPr="00582558">
+      <w:r w:rsidR="00F32B1E" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="00813325" w:rsidRPr="00582558">
+      <w:r w:rsidR="00813325" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="001F2ED5" w:rsidRPr="00582558">
+      <w:r w:rsidR="001F2ED5" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>cademic</w:t>
       </w:r>
-      <w:r w:rsidR="00F32B1E" w:rsidRPr="00582558">
+      <w:r w:rsidR="00F32B1E" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00813325" w:rsidRPr="00582558">
+      <w:r w:rsidR="00813325" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F32B1E" w:rsidRPr="00582558">
+      <w:r w:rsidR="00F32B1E" w:rsidRPr="00E77604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>taff</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BE5B1A" w14:textId="78936295" w:rsidR="00721CDD" w:rsidRPr="00582558" w:rsidRDefault="00016ADC" w:rsidP="00B86409">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00582558">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This checklist was developed to ensure that staff members are welcomed and properly inducted into their new departments</w:t>
       </w:r>
       <w:r w:rsidR="009D372D" w:rsidRPr="00582558">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -407,747 +407,753 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-ZA"/>
         </w:rPr>
         <w:t xml:space="preserve">period and </w:t>
       </w:r>
       <w:r w:rsidR="005F473A" w:rsidRPr="00582558">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-ZA"/>
         </w:rPr>
         <w:t>a copy to be</w:t>
       </w:r>
       <w:r w:rsidRPr="00582558">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-ZA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sent to Human Resources to be kept in the staff </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> personnel file.</w:t>
+        <w:t xml:space="preserve"> sent to Human Resources to be kept in the staff members personnel file.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="List of people with whom to share papers"/>
         <w:tblDescription w:val="A list of people such as financial advisors, attorneys etc. with whom to share important documents."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="5529"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00867FD2" w:rsidRPr="00582558" w14:paraId="454D1AA0" w14:textId="77777777" w:rsidTr="00A6280D">
+      <w:tr w:rsidR="00867FD2" w:rsidRPr="00582558" w14:paraId="454D1AA0" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="09F2DE76" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00582558" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00582558">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00B84439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Staff Member Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00867FD2" w:rsidRPr="00582558" w14:paraId="047796CC" w14:textId="77777777" w:rsidTr="009838E8">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A034A16" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00582558" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
+          <w:p w14:paraId="3A034A16" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00E77604" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B3DFF4A" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00582558" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Department:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00867FD2" w:rsidRPr="00582558" w14:paraId="4C9F7EAD" w14:textId="77777777" w:rsidTr="009838E8">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE0CC93" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00582558" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
+          <w:p w14:paraId="7AE0CC93" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00E77604" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Position Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1513A6" w14:textId="115AA192" w:rsidR="00867FD2" w:rsidRPr="00582558" w:rsidRDefault="00AA2531" w:rsidP="003D17FD">
+          <w:p w14:paraId="1D1513A6" w14:textId="115AA192" w:rsidR="00867FD2" w:rsidRPr="00E77604" w:rsidRDefault="00AA2531" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pay Scale</w:t>
             </w:r>
-            <w:r w:rsidR="00867FD2" w:rsidRPr="00582558">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00867FD2" w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00867FD2" w:rsidRPr="00582558" w14:paraId="2B8F2C0D" w14:textId="77777777" w:rsidTr="009838E8">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DCB959B" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00582558" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
+          <w:p w14:paraId="1DCB959B" w14:textId="77777777" w:rsidR="00867FD2" w:rsidRPr="00E77604" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conditions of Service:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26371E39" w14:textId="21A23B8E" w:rsidR="00867FD2" w:rsidRPr="00582558" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
+          <w:p w14:paraId="26371E39" w14:textId="21A23B8E" w:rsidR="00867FD2" w:rsidRPr="00E77604" w:rsidRDefault="00867FD2" w:rsidP="003D17FD">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Start Date:</w:t>
             </w:r>
-            <w:r w:rsidR="00DE16CB" w:rsidRPr="00582558">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00DE16CB" w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:color w:val="002060"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:id w:val="1492514194"/>
                 <w:placeholder>
                   <w:docPart w:val="828109CC638E4798AF87D233FD1DE677"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy/MM/dd"/>
                   <w:lid w:val="en-ZA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00DE16CB" w:rsidRPr="00582558">
+                <w:r w:rsidR="00DE16CB" w:rsidRPr="00E77604">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:color w:val="003C64"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent6"/>
         <w:tblW w:w="5215" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblCaption w:val="List of people with whom to share papers"/>
         <w:tblDescription w:val="A list of people such as financial advisors, attorneys etc. with whom to share important documents."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8217"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="26021FD3" w14:textId="77777777" w:rsidTr="00427250">
+      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="26021FD3" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
-          </w:tcPr>
-[...12 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F20F7EE" w14:textId="2585BD29" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="0034717E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pre-Boarding Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-          </w:tcPr>
-[...12 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A55103" w14:textId="51DC76FB" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00484336" w:rsidP="0034717E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F89D721" w14:textId="1600540E" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="0034717E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="441EF152" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190177DC" w14:textId="70555FBC" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete the </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00A62D08">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR100a</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00A62D08">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR100c</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> form if you have not already done so. Please note that a staff member </w:t>
+            <w:r w:rsidRPr="00A62D08">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">form if you have not already done so. Please note that a staff member </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">will not be paid </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>if all forms are not completed and submitted to HR timeously. If the appointment was handled by the Staff Recruitment Office, you are not required to complete this form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="617A109F" w14:textId="68D0B3E8" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
+          <w:p w14:paraId="617A109F" w14:textId="356C5591" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-534815496"/>
                 <w14:checkbox>
-                  <w14:checked w14:val="1"/>
+                  <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="008100CA" w:rsidRPr="00582558">
+                <w:r w:rsidR="008E4E32">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☒</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24E262E1" w14:textId="73D22FA0" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="406AE8AF" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E3F88E" w14:textId="32409B60" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="29E3F88E" w14:textId="62F20EF5" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Once the offer has been accepted, send the new staff member an e-mail congratulating them and welcome them to the team. Ensure that you attach the Welcome Pack (</w:t>
+              <w:t xml:space="preserve">Once the offer has been accepted, send the new staff member an e-mail congratulating them and welcome them to the team. Ensure that you attach the Welcome Pack </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00A62D08">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
-                <w:t>UCT New Employee Onboarding - Staff Member Resource Guide</w:t>
+                <w:t>(UCT New Employee Onboarding - Staff Member Resource Guide</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00A62D08">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00582558">
+            <w:r w:rsidRPr="00A62D08">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00A62D08">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>ICTS Guide for Staff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Faculty/Department Welcome Pack).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC750B7" w14:textId="7B95D3C1" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
+          <w:p w14:paraId="2BC750B7" w14:textId="081EBE2F" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-579750726"/>
                 <w14:checkbox>
-                  <w14:checked w14:val="1"/>
+                  <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="008100CA" w:rsidRPr="00582558">
+                <w:r w:rsidR="008E4E32">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☒</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29C3323C" w14:textId="0399510F" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="41991872" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26B9EE77" w14:textId="3E33BA73" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Where computer hardware is not already in place, this must be ordered well in advance of the new staff member's arrival. Where necessary, arrange any additional computer access that the new staff member will need by contacting the IT Helpdesk x4500 or email </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>mailto:icts-helpdesk@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="00B84439">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and make an appointment for their </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>first day</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1162,81 +1168,81 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 weeks in advance</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for this</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00473249" w14:textId="46188CE9" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
+          <w:p w14:paraId="00473249" w14:textId="3E705AE2" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-349113620"/>
                 <w14:checkbox>
-                  <w14:checked w14:val="1"/>
+                  <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="008100CA" w:rsidRPr="00582558">
+                <w:r w:rsidR="008E4E32">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☒</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45FE2332" w14:textId="02D6AA12" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="1AFB5760" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
@@ -1260,121 +1266,116 @@
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP01</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for purchasers, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP02</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for reporting, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP03</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...1 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="00B84439">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">for central admin functions). Training is required before access to SAP is granted and takes 2-3 weeks to complete. Courses are run monthly. </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> ensure that the new staff member is included in the earliest training cycle after their arrival, you can apply for their access to SAP in advance of their arrival. For more information see: </w:t>
+              <w:t>for central admin functions). Training is required before access to SAP is granted and takes 2-3 weeks to complete. Courses are run monthly. In order to ensure that the new staff member is included in the earliest training cycle after their arrival, you can apply for their access to SAP in advance of their arrival. For more information see:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B84439">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SAP Training</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">on the ICTS website. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1431,79 +1432,89 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="216E3970" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2049210F" w14:textId="744FB322" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If the staff member requires a </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>purchasing card</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...1 lines deleted...]
-                <w:color w:val="800080"/>
+            <w:r w:rsidRPr="00B84439">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(alternative purchasing tool to a SAP purchase order), apply for access via the </w:t>
+              <w:t>(alternative purchasing tool to a SAP purchase order), apply for access via the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B84439">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>MM003 form</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="025731DF" w14:textId="236C5DB3" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1552,63 +1563,64 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="67D6C73F" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FADBD70" w14:textId="5885547D" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Allocate sufficient time in your diary to welcome the new staff member and to introduce them to the department. Please ensure that the staff member has an appointment with the </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:anchor="practitioners" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR Business Partner</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...1 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="00B84439">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">within the </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>first two weeks</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1655,120 +1667,129 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B3FFDB9" w14:textId="1CA256BC" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="36C760C5" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5426A298" w14:textId="7F7BF136" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00510E47" w:rsidP="00300EA5">
+          <w:p w14:paraId="5426A298" w14:textId="4B70CDDF" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00510E47" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Draw up an induction programme </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>90-Day Integration Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for the new staff member. Keep in mind that the person will need some basic information and instruction in the beginning which can be documented in the </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00B84439">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>First Week Itinerary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>. (This will depend on the type of work he/she will be doing but could include procedures to follow, how the telephone system works, IT Helpdesk, budgets and funds, where to find other necessary information, etc.)</w:t>
+              <w:t>. (This will depend on the type of work he/she will be doing but could include procedures to follow, how the telephone system works, IT Helpdesk, budgets and funds, where to find other necessary information, etc)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63C6F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="359AA577" w14:textId="47EEE1A2" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="22597009"/>
                 <w14:checkbox>
@@ -1788,105 +1809,120 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="509418D9" w14:textId="22E13AD4" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="1E3E332E" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1280FCB3" w14:textId="267F2C88" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="1280FCB3" w14:textId="45E451CC" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If the staff member has been recommended for UCT's </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>New Academic Practitioners Programme (NAPP)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00E1486D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or make sure that they are aware of this and have access to the </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or make sure that they are aware of this and have access to the </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">necessary information about the programme. For enrolments and dates contact </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>mailto:aspd@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidR="00B63C6F">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1486D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4226EE67" w14:textId="71E2B415" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2086,156 +2122,173 @@
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="4A37975C" w14:textId="77777777" w:rsidTr="00427250">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67555A99" w14:textId="77777777" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>An academic member of staff will require information on the Department of Research and Innovation (</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Research Office</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00E1486D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Research Contracts &amp; Innovation</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00E1486D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Postgraduate Funding Office</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00E1486D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">), </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>study and research leave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, (if applicable) </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>private work</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and other </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00F93AAD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>conditions of service</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> which apply specifically to academic staff.</w:t>
+            <w:r w:rsidRPr="00F93AAD">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>which apply specifically to academic staff.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="154AC9E2" w14:textId="2A6E88DE" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that T1 and T2 staff members are aware that they are </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -2317,53 +2370,54 @@
           </w:tcPr>
           <w:p w14:paraId="268F95AB" w14:textId="0806077B" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Register the new staff member for </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>benefit information session</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>if applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2405,136 +2459,178 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6D8A19" w14:textId="653FB634" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="53A9A4D3" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F98AF6" w14:textId="664CB21B" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="29F98AF6" w14:textId="1474EA87" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00F00CA1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Register the new staff member on the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00582558">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidR="00F00CA1" w:rsidRPr="00F00CA1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Introduction to UCT</w:t>
+              </w:r>
+              <w:r w:rsidR="00F00CA1" w:rsidRPr="00F00CA1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00F00CA1" w:rsidRPr="00F00CA1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>for New Staff</w:t>
+              </w:r>
+              <w:r w:rsidR="00F00CA1" w:rsidRPr="004754E8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Introduction to UCT</w:t>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve">course via </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>SuccessFactors</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00E1486D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Learning.  </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="60C065E4" w14:textId="099165C2" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60C065E4" w14:textId="4DA8201A" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">For more information email </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>hr-stafflearningcentre@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00B63C6F">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EA6E456" w14:textId="36BA8F8D" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-845324407"/>
                 <w14:checkbox>
@@ -2571,101 +2667,112 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="6F88F235" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A622671" w14:textId="1D2CD708" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Register the new staff members on any required Occupational Health and Safety courses via </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>SuccessFactors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Learning. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="609635D6" w14:textId="07CCE462" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="609635D6" w14:textId="261E22F2" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">For more information email </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ohstraining@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00E1486D">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B63C6F">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="405FB5BF" w14:textId="5C34A6E6" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1547946349"/>
                 <w14:checkbox>
@@ -2685,123 +2792,141 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D30884D" w14:textId="148EABC1" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="6D7C85B3" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BCFF7AD" w14:textId="510B8159" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="2BCFF7AD" w14:textId="21F43E78" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that the new staff members workstation is fully set up and has all the basic equipment and furniture that they will need to perform their duties, as well as a "start-up" stationery supply. Please arrange this in advance. (Contact for second-hand office furniture: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Furniture Reallocation and Disposal Services</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact for new furniture purchases</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00582558">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t xml:space="preserve">: </w:t>
               </w:r>
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00E1486D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
-                <w:t>Furniture Procurement.</w:t>
+                <w:t>Furniture Procurement</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
+            <w:r w:rsidRPr="00CE6345">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE6345" w:rsidRPr="00CE6345">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-ZA"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C6A636E" w14:textId="055E948D" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-706331148"/>
                 <w14:checkbox>
@@ -2816,78 +2941,87 @@
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="645D61C4" w14:textId="0A39F4A0" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074AF3" w:rsidRPr="00582558" w14:paraId="0EA964B7" w14:textId="77777777" w:rsidTr="00205161">
+      <w:tr w:rsidR="00074AF3" w:rsidRPr="00582558" w14:paraId="0EA964B7" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10626" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F893B01" w14:textId="0EE1B3DF" w:rsidR="00074AF3" w:rsidRPr="00582558" w:rsidRDefault="00074AF3" w:rsidP="009A2F6F">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F893B01" w14:textId="4E9B733E" w:rsidR="00074AF3" w:rsidRPr="00CE6345" w:rsidRDefault="00074AF3" w:rsidP="009A2F6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6345">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The week before the staff member arrives</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE6345" w:rsidRPr="00CE6345">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="62FB11F3" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AC85EE2" w14:textId="402642F4" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inform future colleagues and the department that a new staff member is starting, when they will be starting, what their name is (possibly a brief introduction of the person), and what their area of responsibility will be. (This can be done via email where all relevant staff have access to email and can be prepared in advance and sent via “Delay Delivery” option in Outlook).</w:t>
             </w:r>
           </w:p>
@@ -3007,83 +3141,92 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="071AEE3B" w14:textId="58DE861E" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="109807A6" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B04183" w14:textId="469F4F45" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00E41E34" w:rsidP="00300EA5">
+          <w:p w14:paraId="12B04183" w14:textId="31F68E9B" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00E41E34" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that the new staff members </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="00CE6345">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>First Week Itinerary</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> is updated and send to them the day before,</w:t>
+            <w:r w:rsidRPr="00CE6345">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>is updated and send to them the day before,</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> at latest,</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and include the Induction Facilitator and other relevant stakeholders.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="237D68D3" w14:textId="5B1DAAB8" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
@@ -3213,54 +3356,55 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="42C89D13" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="605C6978" w14:textId="3267B63C" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00337F43" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If the staff member is staying in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="00CE6345">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>University accommodation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, you should make arrangements for the flat/house to be stocked with basic provisions i.e. coffee, tea, sugar, milk, bread, margarine, juice, sandwich spreads, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="184C5205" w14:textId="31E38AD3" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3300,120 +3444,120 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A9F103C" w14:textId="4105D86B" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t>Induction Facilitator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="4D487576" w14:textId="77777777" w:rsidTr="00427250">
+      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="4D487576" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F96F99F" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F96F99F" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00CE6345" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6345">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>On the first day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7008007A" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7008007A" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00CE6345" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="012BA920" w14:textId="43F6D9A2" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="012BA920" w14:textId="43F6D9A2" w:rsidR="00427250" w:rsidRPr="00CE6345" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...7 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6345">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="1A376239" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72D42C05" w14:textId="42D54936" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3571,98 +3715,101 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Where is one permitted to smoke? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="464C186A" w14:textId="0296948A" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Advise them where to find </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="00CE6345">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>administrative forms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70516822" w14:textId="4CD05A42" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> How does one </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="003F4BE5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>contact the IT Service Desk</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="003F4BE5">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="300BF24A" w14:textId="6C17A44D" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Any other information relevant to </w:t>
             </w:r>
             <w:r w:rsidR="00D82F33" w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3741,77 +3888,72 @@
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t>Induction Facilitator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="1B0D3FCE" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="154293BE" w14:textId="06382621" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discuss what to do in the event of an emergency i.e. fire in the building, injuries or accidents. Where the emergency exits are, who keeps the first aid kit for the building and who the fire </w:t>
-[...18 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve">Discuss what to do in the event of an emergency i.e. fire in the building, injuries or accidents. Where the emergency exits are, who keeps the first aid kit for the building and who the fire marshall is. Ensure that the staff member watches the mandatory </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidRPr="003F4BE5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
-                <w:t>OHSE Induction video</w:t>
+                <w:t xml:space="preserve">OHSE </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00841852">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-ZA"/>
+                </w:rPr>
+                <w:t>Induction video</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and ensure that they complete any other OHSE modules that have been assigned on their SuccessFactors Learning Plan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FA0A295" w14:textId="58D26D2B" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
@@ -3866,124 +4008,128 @@
               <w:t>Induction Facilitator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="6AE0B1C5" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EF27E35" w14:textId="0F062E2A" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Once the staff member has been allocated to their workstation with their computer, ensure that they have their temporary log in details and that they go through the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>ICT Checklist for New staff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. The temporary log in details are required to be changes and they will be directed to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r w:rsidRPr="003F4BE5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>www.icts.uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; Services section &gt; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="003F4BE5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Your account</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...1 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="003F4BE5">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(to view the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidRPr="003F4BE5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>ICTS Guide for Staff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, how to manage passwords and updating details on white pages).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25BB25EF" w14:textId="11EDE3D7" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4020,119 +4166,109 @@
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27E081CF" w14:textId="069BE55F" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="5AECE146" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65704785" w14:textId="36AAD37C" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="65704785" w14:textId="71046163" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Accompany or direct the staff member to the Appointments Office (Bremner Building) in order to hand in all completed documentation e.g. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Personal details form (HR101)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...1 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="00841852">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(if not already submitted), Benefit forms (where applicable). Once the staff member's details have been captured on SAP he/she will be issued with a staff number and should then proceed to Access Control Services, (x3030), new Properties and Services Building above the Traffic Office on upper campus to have </w:t>
+            </w:r>
+            <w:r w:rsidR="003F4BE5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">their </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
-                <w:t>Personal details form (HR101)</w:t>
-[...25 lines deleted...]
-                <w:t>her staff card</w:t>
+                <w:t>staff card</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>issued (provided the staff member brings an identity document and proof of appointment).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43F78E9A" w14:textId="667E1A34" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
@@ -4168,118 +4304,118 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F8919E7" w14:textId="2ACE35ED" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="4ED9CBAD" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CDB2D04" w14:textId="5A68077D" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="6CDB2D04" w14:textId="5FC908D2" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If required, discuss parking arrangements on campus or have the staff member contact the Traffic Office (x3312) to discuss how to obtain a parking disc. See: </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Staff parking application &amp; renewal form (TA01)</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="00841852">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> .</w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> they may e-mail the form: </w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> If they do not wish to pay upfront they may e-mail the form: </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>mailto:traffic@uct.ac.za</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="00F52743">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F783A31" w14:textId="1A323943" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="494992619"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4298,129 +4434,480 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F5AF0EF" w14:textId="0F028A16" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="538270B6" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="536702B0" w14:textId="0CC98E61" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="536702B0" w14:textId="0B70BE92" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advise the staff member to view the UCTRF induction videos </w:t>
+              <w:t>Advise the staff member</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4FE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidR="00913BCF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">attend </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-[...16 lines deleted...]
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>benefit information session</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
+            <w:r w:rsidR="00EF3EFB">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00EF3EFB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">,  held monthly via MS Teams from 10h00 - 13h00. If the member </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00421403">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>is not able to</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00EF3EFB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> attend the induction session, they may view a recording of the session on the UCTRF website </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve">or new staff members in </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00806A93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>pay classes 1–8</w:t>
+            </w:r>
+            <w:r w:rsidR="001F3751">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001F3751" w:rsidRPr="001F3751">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sessions </w:t>
+            </w:r>
+            <w:r w:rsidR="008D4FE1" w:rsidRPr="00421403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>are held monthly</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00421403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00CF2547">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>first Monday of each month</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00421403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, from </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00CF2547">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10:00 to 14:30</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00421403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, in the Pifer Room, Bremner Building on campus. Attendance at these sessions is compulsory</w:t>
+            </w:r>
+            <w:r w:rsidR="001F3751">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> especially</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2547">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if </w:t>
+            </w:r>
+            <w:r w:rsidR="00806A93">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>joining</w:t>
+            </w:r>
+            <w:r w:rsidR="00D661B7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A39">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a ret</w:t>
+            </w:r>
+            <w:r w:rsidR="00D661B7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A39">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>rement fund and medical aid</w:t>
+            </w:r>
+            <w:r w:rsidR="00806A93">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the first time</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3EFB" w:rsidRPr="00421403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00806A93">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="00A71F1F" w:rsidRPr="00A71F1F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PC09 and above and </w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="00A71F1F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>academic staff</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00806A93">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sessions </w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are held </w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>monthly via Microsoft Teams</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, on</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="008D4FE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> first Tuesday of each month</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, from </w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10:00 to 12:00</w:t>
+            </w:r>
+            <w:r w:rsidR="002D630E" w:rsidRPr="002D630E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> If the member is not able to attend th</w:t>
+            </w:r>
+            <w:r w:rsidR="00913BCF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidR="00C81BD5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and able to complete</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71F1F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the forms independently</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, they may view a recording of the session on the UCTRF website </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-[...2 lines deleted...]
-                <w:t>https://uctrf.co.za/uctrf/new-member-sessions</w:t>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://uctrf.co.za/uctrf/new-member-session</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003F4BE5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>s</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D37694F" w14:textId="336161AB" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4465,108 +4952,130 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="307AC2BC" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FC7456E" w14:textId="23100087" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Discuss the relevant </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>conditions of service</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:anchor="annexure" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId57" w:anchor="annexure" w:history="1">
+              <w:r w:rsidRPr="00841852">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>UCT Code of Conduct</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00841852">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to ensure that the new staff member fully understands these. Academic staff (where applicable) should be informed about the </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to ensure that the new staff member fully understands these. Academic staff (where applicable) should be informed about the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r w:rsidRPr="00EA6B48">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>policy on private work</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, start-up grants, </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t>, start-up grants,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA6B48">
+              <w:rPr>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r w:rsidRPr="00EA6B48">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>study and research leave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3437BB55" w14:textId="674B4997" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4615,108 +5124,130 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="7BDD36B7" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61E26D7C" w14:textId="081865E5" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer the staff member to the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId60" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00EA6B48">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>UCT website</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA6B48">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and the </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00EA6B48">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>HR website</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> for their </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r w:rsidRPr="00EA6B48">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>conditions of service</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA6B48">
+              <w:rPr>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and any queries on </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and any queries on </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r w:rsidRPr="00EA6B48">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>remuneration</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and benefits. More information regarding conditions of service may be obtained from the HR Department.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75456D43" w14:textId="68A5BBDD" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4823,164 +5354,148 @@
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="728231CD" w14:textId="0B69072A" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="6DB169DD" w14:textId="77777777" w:rsidTr="00427250">
+      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="6DB169DD" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5B3061C2" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3061C2" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the first week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="10B05441" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B05441" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3132D994" w14:textId="14E0D74D" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3132D994" w14:textId="14E0D74D" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="67CA44D4" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36C684DF" w14:textId="210E2F4F" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discuss with the new staff member what is expected of staff in your department i.e. general rules/procedures/systems used in the department/what hours the person will work. Agreed working hours should be put in writing and a copy kept on their personnel file in HR. Explain the procedure for reporting absences from work, time </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> etc. </w:t>
+              <w:t xml:space="preserve">Discuss with the new staff member what is expected of staff in your department i.e. general rules/procedures/systems used in the department/what hours the person will work. Agreed working hours should be put in writing and a copy kept on their personnel file in HR. Explain the procedure for reporting absences from work, time off, leave etc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5093ACEC" w14:textId="5C1EEF65" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1169671060"/>
                 <w14:checkbox>
@@ -5016,55 +5531,56 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="78B1B7A0" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BB740BE" w14:textId="509A32E3" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">All staff should have position descriptions. Go through the position description in detail and ensure the staff member understands what is required of them, and to sign as confirmation. Send a copy to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:anchor="admin" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId64" w:anchor="admin" w:history="1">
+              <w:r w:rsidRPr="001E421B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>HR Admin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> who will place it in their personnel file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78517157" w14:textId="4D7A3CA2" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5192,85 +5708,88 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="005F6DEF" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59D0A021" w14:textId="75087EE7" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Explain the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r w:rsidRPr="001E421B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>academic performance management process</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and introduce</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r w:rsidRPr="001E421B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR174</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ensure they are booked for training if necessary.</w:t>
             </w:r>
           </w:p>
@@ -5329,55 +5848,56 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="4CC9978E" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79818FA5" w14:textId="73DCB66C" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Explain the probationary period for academics. Also explain the system of review meetings. See: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r w:rsidRPr="001E421B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Probation and confirmation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E329826" w14:textId="1D503D12" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5424,51 +5944,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="49802BB9" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5508CB4D" w14:textId="1E39225E" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>As appropriate, provide information on, and introduce the new staff member to the relevant lecturing, student evaluation, professional development, and requirements for promotion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59E87446" w14:textId="31219807" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="746847414"/>
@@ -5504,75 +6023,58 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="15E39C42" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01DE8166" w14:textId="7C13C155" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the staff member has been nominated as </w:t>
-[...20 lines deleted...]
-              <w:r w:rsidRPr="00582558">
+              <w:t xml:space="preserve">If the staff member has been nominated as a NAPP participant. Explain to the staff member what the goals of NAPP are and why they have been nominated as a participant. Refer the staff member to the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NAPP website</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for further information.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FFB3143" w14:textId="521060D7" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5699,91 +6201,102 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="55BE623D" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EF0202C" w14:textId="131F08F3" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="005665B0" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Discuss </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>clubs, sports facilities</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, unions or refer the staff member to the relevant </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>staff bodies</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00582558">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> responsible.</w:t>
+            <w:r w:rsidRPr="008E4E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>responsible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C1DE5B4" w14:textId="18DD9B1B" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
@@ -5810,262 +6323,272 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A6162E2" w14:textId="51E15244" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t>Induction Facilitator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="70B94279" w14:textId="77777777" w:rsidTr="00427250">
+      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="70B94279" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4797B214" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the first month (30 days)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0A8F57B5" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8F57B5" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E3850D2" w14:textId="2EB90205" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3850D2" w14:textId="2EB90205" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="50291830" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15F40CCE" w14:textId="682D3646" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
+          <w:p w14:paraId="15F40CCE" w14:textId="7C1750F7" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Set a date to meet with the new staff member to set </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>objectives and goals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and inform them to document these on the  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-              <w:r w:rsidRPr="00582558">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR174</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Ensure they have updated their </w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r w:rsidRPr="001F2232">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:color w:val="003C64"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-ZA"/>
+                </w:rPr>
+                <w:t>90-Day Integration Plan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and have accessed their</w:t>
+            </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>90-Day Integration Plan</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> and have accessed their</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582558">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Learning Assignments</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Learning Assignments</w:t>
+              <w:t>on</w:t>
             </w:r>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00582558">
-[...14 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>SuccessFactors</w:t>
               </w:r>
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:u w:val="none"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58EDA0C7" w14:textId="3209EDD8" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
@@ -6185,53 +6708,54 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="08C5FC0F" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5438CF61" w14:textId="613E5985" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that the staff member has settled/is settling. Check whether they have any specific requests regarding their position description. If not already done, ensure that the signed copy is sent to </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:anchor="admin" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>HR Admin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> who will place it in their personnel file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2728A0F1" w14:textId="7C492744" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -6279,71 +6803,73 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="351FBDDD" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BC98798" w14:textId="577071F4" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that the staff member knows how to view their online electronic payslip via SAP HR Employee Self-Service, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>instructions and Frequently Asked Questions are available on the HR website</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. IRP5 tax certificates will be available in July each year. To understand the layout and content of the payslip, see: </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>Understanding your UCT payslip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21C1522D" w14:textId="54CEEEEB" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6383,116 +6909,118 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62634A51" w14:textId="30860D84" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t>HRBP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="055219EE" w14:textId="77777777" w:rsidTr="00427250">
+      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="055219EE" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="376E8626" w14:textId="591A3371" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the second month (60 days)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47565BFE" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="47565BFE" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="70523734" w14:textId="6BEB923F" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70523734" w14:textId="6BEB923F" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="2AC85778" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B360A75" w14:textId="7A1BCD00" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -6557,71 +7085,73 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="060A8F9C" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F8AB11C" w14:textId="3038D500" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that the performance </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>objectives and goals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> have been documented after these have been agreed with the new staff member in the </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r w:rsidRPr="00582558">
+              <w:r w:rsidRPr="008E4E32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>HR174</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A694BF0" w14:textId="02FF31BF" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00000000" w:rsidP="00300EA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6728,116 +7258,118 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BEFEB15" w14:textId="37CFA818" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="330DD1B2" w14:textId="77777777" w:rsidTr="00427250">
+      <w:tr w:rsidR="00427250" w:rsidRPr="00582558" w14:paraId="330DD1B2" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB14AE4" w14:textId="27CF1FA2" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By the end of the third month (90 days)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="621F60D4" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="621F60D4" w14:textId="77777777" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05F60A16" w14:textId="09A6E156" w:rsidR="00427250" w:rsidRPr="00582558" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F60A16" w14:textId="09A6E156" w:rsidR="00427250" w:rsidRPr="00E77604" w:rsidRDefault="00427250" w:rsidP="00F32B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00582558">
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300EA5" w:rsidRPr="00582558" w14:paraId="1742B686" w14:textId="77777777" w:rsidTr="00427250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB6F6DA" w14:textId="335CCFD9" w:rsidR="00300EA5" w:rsidRPr="00582558" w:rsidRDefault="00300EA5" w:rsidP="00300EA5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582558">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -7069,75 +7601,75 @@
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BDC3B9" w:themeColor="accent6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5048"/>
         <w:gridCol w:w="5442"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00582558" w14:paraId="61CD792E" w14:textId="77777777" w:rsidTr="00612DE8">
+      <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00582558" w14:paraId="61CD792E" w14:textId="77777777" w:rsidTr="00A62D08">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDC3B9" w:themeFill="accent6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4A094CA0" w14:textId="6FAD36F5" w:rsidR="00BE0A4B" w:rsidRPr="00582558" w:rsidRDefault="00BE0A4B" w:rsidP="00BE0A4B">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00582558">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00E77604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HOD/Line Manager checklist sign-off</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE0A4B" w:rsidRPr="00582558" w14:paraId="4424AAFB" w14:textId="77777777" w:rsidTr="00612DE8">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5048" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32319B64" w14:textId="0DA4B078" w:rsidR="00BE0A4B" w:rsidRPr="00582558" w:rsidRDefault="00BE0A4B" w:rsidP="00BE0A4B">
             <w:pPr>
               <w:pStyle w:val="Tablehead"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="3A3A3C" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7243,56 +7775,58 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="3A3A3C" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1360967067"/>
                 <w:placeholder>
                   <w:docPart w:val="F6A006E0336249D58547879197026BBA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy/MM/dd"/>
                   <w:lid w:val="en-ZA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00DE16CB" w:rsidRPr="00582558">
+                <w:r w:rsidR="00DE16CB" w:rsidRPr="008E4E32">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:color w:val="003C64"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24CA879B" w14:textId="77777777" w:rsidR="00BE0A4B" w:rsidRPr="00582558" w:rsidRDefault="00BE0A4B" w:rsidP="00016ADC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-ZA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A68EF9A" w14:textId="77777777" w:rsidR="00F32B1E" w:rsidRPr="00582558" w:rsidRDefault="00F32B1E" w:rsidP="00016ADC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -7328,61 +7862,61 @@
     </w:p>
     <w:p w14:paraId="08B7C1F7" w14:textId="0F1B1A7C" w:rsidR="00AF5CAE" w:rsidRPr="00582558" w:rsidRDefault="00AF5CAE" w:rsidP="00EB47B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF5CAE" w:rsidRPr="00582558" w:rsidSect="007813C2">
       <w:headerReference w:type="default" r:id="rId80"/>
       <w:footerReference w:type="default" r:id="rId81"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1361" w:right="1021" w:bottom="1077" w:left="1021" w:header="0" w:footer="142" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="280FD917" w14:textId="77777777" w:rsidR="00577409" w:rsidRDefault="00577409" w:rsidP="001851E3">
+    <w:p w14:paraId="03C7419F" w14:textId="77777777" w:rsidR="00A9650F" w:rsidRDefault="00A9650F" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="686FFE09" w14:textId="77777777" w:rsidR="00577409" w:rsidRDefault="00577409" w:rsidP="001851E3">
+    <w:p w14:paraId="730B1563" w14:textId="77777777" w:rsidR="00A9650F" w:rsidRDefault="00A9650F" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7415,64 +7949,64 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="HGGothicE">
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7EDFE" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64B0C76A" w14:textId="27D6FBEE" w:rsidR="009A5904" w:rsidRDefault="009A5904">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="002CC049" wp14:editId="4FD954A2">
@@ -7645,71 +8179,70 @@
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:group w14:anchorId="002CC049" id="Group 174" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:434.8pt;margin-top:0;width:486pt;height:21.6pt;z-index:251660288;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:bottom-margin-area" coordsize="61722,2743" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDC9Fu/cAMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzEVltP2zAYfZ+0/2D5faRNbxARUMcGmoQA&#10;ARPPruM00Rzbs12S7tfvs50EehFDbGI8BF++68l3TnN82lQcPTJtSilSPDwYYMQElVkplin+fn/+&#10;6RAjY4nICJeCpXjNDD49+fjhuFYJi2UhecY0giDCJLVKcWGtSqLI0IJVxBxIxQRc5lJXxMJWL6NM&#10;kxqiVzyKB4NpVEudKS0pMwZOv4RLfOLj5zmj9jrPDbOIpxhqs/6p/XPhntHJMUmWmqiipG0Z5A1V&#10;VKQUkLQP9YVYgla63AlVlVRLI3N7QGUVyTwvKfM9QDfDwVY3F1qulO9lmdRL1cME0G7h9Oaw9Orx&#10;Qqs7daMBiVotAQu/c700ua7cf6gSNR6ydQ8ZayyicDgdzmJ4DxhRuItn41HcYkoLAH7HjRZfX3aM&#10;urTRRjG1gvEwTwiYv0PgriCKeWBNAgjcaFRmML3TCUaCVDCmtzA4RCw5Q+7QQ+Mte6BMYgCzPSjF&#10;8eHU4bEL1eRoPPJXm1D1HZNEaWMvmKyQW6RYQxF+qMjjpbFQBJh2Ji6zkbzMzkvO/cYxhp1xjR4J&#10;zPpiOQyuXBUkHPkXAyE8t5ylD7gRhAsXSkgXNORzJ/Aqunb9yq45c3Zc3LIckIMxiH2yPnJISChl&#10;woY6TEEyFo4nA/hzmO7U4gO6yDnk72O3ATb762KHMK29c2We9L3z4KXCgnPv4TNLYXvnqhRS7wvA&#10;oas2c7DvQArQOJQWMlvDXGkZJMcoel7CW70kxt4QDRoDMwK6aa/hkXNZp1i2K4wKqX/tO3f2MPhw&#10;i1ENmpVi83NFNMOIfxNAiaPheOxEzm/GkxlwEennN4vnN2JVnUkYlSEotKJ+6ewt75a5ltUDyOvc&#10;ZYUrIijkTjG1utuc2aClINCUzefeDIRNEXsp7hR1wR2qbmrvmweiVTvaFvTjSnY0JMnWhAdb5ynk&#10;fGVlXvrxf8K1xRskwanWu2jDtNOGe6d9n2UD0jDdkgZkG7hwXcN0eK7sFwkAE/ThaBJ7bYGhbUVx&#10;UyIm8WzUEaXT4o7/r5SInsqOrQiGbDqaBEr0N8DCQPvAg1Zpnor3qz2UfwWz9vP5FY7vzefsxx/5&#10;bJtF077U/0FtmJg9tIbTf0Np+26ENsoR+vwlQvuffvje8b8Q7beZ+6B6vvcC8PQFefIbAAD//wMA&#10;UEsDBBQABgAIAAAAIQDxhsB62wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9h&#10;GcGb3ST1b8ymlKKeSsFWEG/TZJqEZmdDdpuk397Ri14ePN7w3m+yxWRbNVDvG8cG4lkEirhwZcOV&#10;gY/d680jKB+QS2wdk4EzeVjklxcZpqUb+Z2GbaiUlLBP0UAdQpdq7YuaLPqZ64glO7jeYhDbV7rs&#10;cZRy2+okiu61xYZlocaOVjUVx+3JGngbcVzO45dhfTyszl+7u83nOiZjrq+m5TOoQFP4O4YffEGH&#10;XJj27sSlV60BeST8qmRPD4nYvYHbeQI6z/R/+PwbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAwvRbv3ADAACJCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA8YbAetsAAAAEAQAADwAAAAAAAAAAAAAAAADKBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAANIGAAAAAA==&#10;">
               <v:rect id="Rectangle 165" o:spid="_x0000_s1027" style="position:absolute;left:2286;width:59436;height:2743;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsHuMVwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLyZTYXGmrpKKS3GY9JS8DZkxySYnQ27WxP/fbcgeJvH+5zNbjK9uJDznWUFT0kKgri2&#10;uuNGwffX5+IFhA/IGnvLpOBKHnbbh9kGc21HLulShUbEEPY5KmhDGHIpfd2SQZ/YgThyJ+sMhghd&#10;I7XDMYabXi7TNJMGO44NLQ703lJ9rn6NgnW2PLjyZ38cT9fxeG5WWKw/UKn54/T2CiLQFO7im7vQ&#10;cX72DP/PxAvk9g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsHuMVwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="white [3212]" stroked="f" strokeweight="2pt">
                 <v:fill opacity="0"/>
               </v:rect>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 166" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;top:95;width:59436;height:2527;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBwPAwRwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlBG91Uw+hRFcRa6Enaa0PMGTHJG12Nu5uktWn7wpCb/Px/c5qE00rBnK+sazgZZ6BIC6t&#10;brhScPp+f34F4QOyxtYyKbiSh8168rTCQtuRv2g4hkqkEPYFKqhD6AopfVmTQT+3HXHiztYZDAm6&#10;SmqHYwo3rVxkWS4NNpwaauxoV1P5e+yNgs9Bl6FfjG+3Q3aJ/W1/+HGxV2o2jdsliEAx/Isf7g+d&#10;5uc53J9JF8j1HwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwPAwRwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox style="mso-fit-shape-to-text:t" inset="0,,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="062CBAD8" w14:textId="042E1867" w:rsidR="009A5904" w:rsidRDefault="00FA4D56">
+                    <w:p w14:paraId="062CBAD8" w14:textId="042E1867" w:rsidR="009A5904" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Footer"/>
                         <w:jc w:val="right"/>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                             <w:caps/>
                             <w:color w:val="00B0F0" w:themeColor="accent1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:alias w:val="Title"/>
                           <w:tag w:val=""/>
                           <w:id w:val="-2000573687"/>
                           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                           <w:text/>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="009A5904" w:rsidRPr="009A5904">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:caps/>
                               <w:color w:val="00B0F0" w:themeColor="accent1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>uct nEW EMPLOYEE ONBOARDING – lINE mANAGER cHECKLIST (</w:t>
                           </w:r>
                           <w:r w:rsidR="000E290A">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:caps/>
                               <w:color w:val="00B0F0" w:themeColor="accent1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>academic</w:t>
                           </w:r>
                           <w:r w:rsidR="009A5904" w:rsidRPr="009A5904">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:caps/>
@@ -7725,61 +8258,61 @@
                         <w:rPr>
                           <w:caps/>
                           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t> | </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61075680" w14:textId="77777777" w:rsidR="00577409" w:rsidRDefault="00577409" w:rsidP="001851E3">
+    <w:p w14:paraId="32BCE438" w14:textId="77777777" w:rsidR="00A9650F" w:rsidRDefault="00A9650F" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C43F138" w14:textId="77777777" w:rsidR="00577409" w:rsidRDefault="00577409" w:rsidP="001851E3">
+    <w:p w14:paraId="7EEA6F05" w14:textId="77777777" w:rsidR="00A9650F" w:rsidRDefault="00A9650F" w:rsidP="001851E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B90C950" w14:textId="67325B1A" w:rsidR="009A5904" w:rsidRDefault="00582558">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C4B688C" wp14:editId="23A806ED">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
@@ -8168,185 +8701,194 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="614293454">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1424760669">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1070034714">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE6C32"/>
     <w:rsid w:val="00005C0C"/>
+    <w:rsid w:val="00016822"/>
     <w:rsid w:val="00016ADC"/>
     <w:rsid w:val="000216FA"/>
     <w:rsid w:val="00030089"/>
     <w:rsid w:val="00046D59"/>
     <w:rsid w:val="00062902"/>
     <w:rsid w:val="0006340A"/>
     <w:rsid w:val="00072251"/>
     <w:rsid w:val="00074AF3"/>
     <w:rsid w:val="0008718B"/>
     <w:rsid w:val="000940F8"/>
     <w:rsid w:val="000A0A9A"/>
     <w:rsid w:val="000A231D"/>
     <w:rsid w:val="000C0521"/>
     <w:rsid w:val="000C3D34"/>
     <w:rsid w:val="000D0393"/>
     <w:rsid w:val="000D0A18"/>
     <w:rsid w:val="000D3732"/>
     <w:rsid w:val="000E290A"/>
     <w:rsid w:val="000E49F0"/>
     <w:rsid w:val="000F20CE"/>
     <w:rsid w:val="000F4086"/>
     <w:rsid w:val="000F6013"/>
     <w:rsid w:val="0010593A"/>
     <w:rsid w:val="00114C7E"/>
     <w:rsid w:val="00122B75"/>
     <w:rsid w:val="00133D13"/>
     <w:rsid w:val="001513FA"/>
     <w:rsid w:val="00151B47"/>
     <w:rsid w:val="00152714"/>
     <w:rsid w:val="0015716A"/>
     <w:rsid w:val="00166170"/>
     <w:rsid w:val="001667B2"/>
     <w:rsid w:val="0017684B"/>
     <w:rsid w:val="00182EFF"/>
     <w:rsid w:val="001851E3"/>
     <w:rsid w:val="00197720"/>
     <w:rsid w:val="00197C3E"/>
     <w:rsid w:val="001A58BC"/>
     <w:rsid w:val="001B4252"/>
     <w:rsid w:val="001B5378"/>
     <w:rsid w:val="001B7DA7"/>
     <w:rsid w:val="001C0917"/>
     <w:rsid w:val="001D3619"/>
     <w:rsid w:val="001D52BF"/>
     <w:rsid w:val="001E2E9C"/>
+    <w:rsid w:val="001E421B"/>
     <w:rsid w:val="001E42A6"/>
     <w:rsid w:val="001E6E8F"/>
+    <w:rsid w:val="001F2232"/>
     <w:rsid w:val="001F2ED5"/>
+    <w:rsid w:val="001F3751"/>
     <w:rsid w:val="001F7FFE"/>
     <w:rsid w:val="00202AFF"/>
     <w:rsid w:val="00203215"/>
     <w:rsid w:val="00203676"/>
     <w:rsid w:val="00213787"/>
     <w:rsid w:val="002201B4"/>
     <w:rsid w:val="002244F1"/>
     <w:rsid w:val="002315F9"/>
     <w:rsid w:val="00232C71"/>
+    <w:rsid w:val="00252CCB"/>
     <w:rsid w:val="002559D0"/>
     <w:rsid w:val="00256701"/>
     <w:rsid w:val="00273D88"/>
     <w:rsid w:val="00275D7E"/>
     <w:rsid w:val="002767D5"/>
     <w:rsid w:val="002803E4"/>
     <w:rsid w:val="002805A8"/>
     <w:rsid w:val="00284517"/>
     <w:rsid w:val="00285E11"/>
     <w:rsid w:val="00293767"/>
     <w:rsid w:val="002949B7"/>
     <w:rsid w:val="00296DCE"/>
     <w:rsid w:val="00297715"/>
     <w:rsid w:val="002A16D5"/>
     <w:rsid w:val="002A441B"/>
     <w:rsid w:val="002B6270"/>
     <w:rsid w:val="002B7BE3"/>
     <w:rsid w:val="002D11F1"/>
+    <w:rsid w:val="002D630E"/>
     <w:rsid w:val="002E2C87"/>
     <w:rsid w:val="002F2D1D"/>
     <w:rsid w:val="002F73C8"/>
     <w:rsid w:val="00300EA5"/>
     <w:rsid w:val="00304343"/>
     <w:rsid w:val="00311B85"/>
     <w:rsid w:val="00314AAC"/>
     <w:rsid w:val="0032014B"/>
     <w:rsid w:val="00320965"/>
     <w:rsid w:val="00331DCF"/>
     <w:rsid w:val="00336FC7"/>
     <w:rsid w:val="00337F43"/>
     <w:rsid w:val="00346CE7"/>
     <w:rsid w:val="0034717E"/>
     <w:rsid w:val="00351BD9"/>
     <w:rsid w:val="00360835"/>
+    <w:rsid w:val="0036443C"/>
     <w:rsid w:val="003672C6"/>
     <w:rsid w:val="003732D0"/>
     <w:rsid w:val="00375D08"/>
     <w:rsid w:val="00387F55"/>
     <w:rsid w:val="00390061"/>
     <w:rsid w:val="00395724"/>
     <w:rsid w:val="003B5A95"/>
     <w:rsid w:val="003C51FB"/>
     <w:rsid w:val="003D1951"/>
     <w:rsid w:val="003D6B8F"/>
     <w:rsid w:val="003D774F"/>
     <w:rsid w:val="003E176B"/>
+    <w:rsid w:val="003F4BE5"/>
     <w:rsid w:val="004130C1"/>
     <w:rsid w:val="00414FAB"/>
     <w:rsid w:val="00416B21"/>
     <w:rsid w:val="00417B9A"/>
+    <w:rsid w:val="00421403"/>
+    <w:rsid w:val="00421DBB"/>
     <w:rsid w:val="00426034"/>
     <w:rsid w:val="00427250"/>
     <w:rsid w:val="00431E69"/>
     <w:rsid w:val="00435FF5"/>
     <w:rsid w:val="0043660F"/>
     <w:rsid w:val="00440ABA"/>
     <w:rsid w:val="00446DA5"/>
     <w:rsid w:val="00450D8C"/>
     <w:rsid w:val="00453938"/>
     <w:rsid w:val="00454BB1"/>
     <w:rsid w:val="00456D38"/>
     <w:rsid w:val="00457E80"/>
     <w:rsid w:val="004602C8"/>
     <w:rsid w:val="004615DB"/>
     <w:rsid w:val="00462F84"/>
     <w:rsid w:val="004651AB"/>
     <w:rsid w:val="0047709E"/>
     <w:rsid w:val="00482C09"/>
     <w:rsid w:val="00484336"/>
     <w:rsid w:val="004857EB"/>
     <w:rsid w:val="00485CAF"/>
     <w:rsid w:val="00490D8F"/>
     <w:rsid w:val="004918B3"/>
     <w:rsid w:val="00492FFB"/>
     <w:rsid w:val="00497E27"/>
@@ -8411,291 +8953,320 @@
     <w:rsid w:val="006D03CB"/>
     <w:rsid w:val="006D3647"/>
     <w:rsid w:val="006D6281"/>
     <w:rsid w:val="006E61AE"/>
     <w:rsid w:val="006F1A66"/>
     <w:rsid w:val="006F3625"/>
     <w:rsid w:val="006F6B8D"/>
     <w:rsid w:val="006F77CA"/>
     <w:rsid w:val="00707CDC"/>
     <w:rsid w:val="007127BA"/>
     <w:rsid w:val="0071760C"/>
     <w:rsid w:val="0072190A"/>
     <w:rsid w:val="00721CDD"/>
     <w:rsid w:val="00731B9E"/>
     <w:rsid w:val="00741B71"/>
     <w:rsid w:val="007426AD"/>
     <w:rsid w:val="00750607"/>
     <w:rsid w:val="00752858"/>
     <w:rsid w:val="007566DD"/>
     <w:rsid w:val="00760BDE"/>
     <w:rsid w:val="007708B6"/>
     <w:rsid w:val="0077131D"/>
     <w:rsid w:val="007813C2"/>
     <w:rsid w:val="00790AD3"/>
     <w:rsid w:val="007967DB"/>
+    <w:rsid w:val="00797380"/>
     <w:rsid w:val="007B1E7A"/>
     <w:rsid w:val="007B3D27"/>
     <w:rsid w:val="007C40D8"/>
     <w:rsid w:val="007D0D3E"/>
     <w:rsid w:val="007E2D66"/>
     <w:rsid w:val="007E5978"/>
     <w:rsid w:val="007E6341"/>
     <w:rsid w:val="007F7018"/>
     <w:rsid w:val="007F7331"/>
     <w:rsid w:val="00802B6B"/>
     <w:rsid w:val="00802F18"/>
+    <w:rsid w:val="00806A93"/>
     <w:rsid w:val="008100CA"/>
     <w:rsid w:val="0081035F"/>
     <w:rsid w:val="00813325"/>
     <w:rsid w:val="008142DF"/>
     <w:rsid w:val="00821B89"/>
     <w:rsid w:val="008265B0"/>
     <w:rsid w:val="00827648"/>
     <w:rsid w:val="008328DA"/>
     <w:rsid w:val="00832B0C"/>
     <w:rsid w:val="008338C7"/>
     <w:rsid w:val="00837C6A"/>
+    <w:rsid w:val="00841852"/>
     <w:rsid w:val="00843338"/>
     <w:rsid w:val="00851096"/>
     <w:rsid w:val="00855002"/>
     <w:rsid w:val="00857C6F"/>
     <w:rsid w:val="00861122"/>
     <w:rsid w:val="00863ACB"/>
     <w:rsid w:val="008650B2"/>
     <w:rsid w:val="00867FD2"/>
     <w:rsid w:val="00872599"/>
     <w:rsid w:val="008731E3"/>
     <w:rsid w:val="008829B8"/>
     <w:rsid w:val="00883328"/>
     <w:rsid w:val="00887FB9"/>
     <w:rsid w:val="008919AB"/>
     <w:rsid w:val="00893D38"/>
     <w:rsid w:val="00895DAA"/>
     <w:rsid w:val="008A0AA2"/>
     <w:rsid w:val="008B0DAC"/>
     <w:rsid w:val="008B785A"/>
     <w:rsid w:val="008C1FD6"/>
     <w:rsid w:val="008D1496"/>
     <w:rsid w:val="008D3264"/>
+    <w:rsid w:val="008D4FE1"/>
     <w:rsid w:val="008E0161"/>
     <w:rsid w:val="008E4A89"/>
+    <w:rsid w:val="008E4E32"/>
     <w:rsid w:val="008F2E97"/>
+    <w:rsid w:val="00913BCF"/>
     <w:rsid w:val="0091545B"/>
     <w:rsid w:val="0092267E"/>
     <w:rsid w:val="009258D6"/>
     <w:rsid w:val="00935824"/>
     <w:rsid w:val="009413B8"/>
     <w:rsid w:val="00944877"/>
     <w:rsid w:val="00945A13"/>
     <w:rsid w:val="009470EF"/>
     <w:rsid w:val="009504AF"/>
     <w:rsid w:val="009658CB"/>
     <w:rsid w:val="00966250"/>
     <w:rsid w:val="009668A1"/>
     <w:rsid w:val="009726C5"/>
     <w:rsid w:val="00973BF3"/>
     <w:rsid w:val="009838E8"/>
     <w:rsid w:val="00990499"/>
     <w:rsid w:val="009A2F6F"/>
     <w:rsid w:val="009A5904"/>
     <w:rsid w:val="009B10D3"/>
     <w:rsid w:val="009B7280"/>
     <w:rsid w:val="009C1248"/>
     <w:rsid w:val="009C53F5"/>
     <w:rsid w:val="009C6F79"/>
     <w:rsid w:val="009D0173"/>
     <w:rsid w:val="009D254D"/>
     <w:rsid w:val="009D372D"/>
     <w:rsid w:val="009D6E70"/>
     <w:rsid w:val="00A0150E"/>
     <w:rsid w:val="00A02C17"/>
     <w:rsid w:val="00A03778"/>
     <w:rsid w:val="00A04DEC"/>
     <w:rsid w:val="00A05218"/>
     <w:rsid w:val="00A151E1"/>
     <w:rsid w:val="00A26C19"/>
     <w:rsid w:val="00A32A66"/>
     <w:rsid w:val="00A37F33"/>
     <w:rsid w:val="00A43311"/>
     <w:rsid w:val="00A4336C"/>
     <w:rsid w:val="00A452E4"/>
     <w:rsid w:val="00A46D0D"/>
     <w:rsid w:val="00A6280D"/>
+    <w:rsid w:val="00A62D08"/>
     <w:rsid w:val="00A6685C"/>
+    <w:rsid w:val="00A71F1F"/>
     <w:rsid w:val="00A77B9C"/>
     <w:rsid w:val="00A83BF0"/>
     <w:rsid w:val="00A84A01"/>
+    <w:rsid w:val="00A9650F"/>
     <w:rsid w:val="00A97097"/>
     <w:rsid w:val="00AA2531"/>
     <w:rsid w:val="00AB13CA"/>
     <w:rsid w:val="00AB26E4"/>
     <w:rsid w:val="00AB5BA5"/>
     <w:rsid w:val="00AC197A"/>
     <w:rsid w:val="00AD1126"/>
     <w:rsid w:val="00AD12E2"/>
     <w:rsid w:val="00AD6AE3"/>
     <w:rsid w:val="00AE0ACA"/>
     <w:rsid w:val="00AE5E9B"/>
     <w:rsid w:val="00AE7DCB"/>
     <w:rsid w:val="00AF37E4"/>
     <w:rsid w:val="00AF4BAA"/>
     <w:rsid w:val="00AF5CAE"/>
     <w:rsid w:val="00B00757"/>
     <w:rsid w:val="00B0104A"/>
     <w:rsid w:val="00B15073"/>
     <w:rsid w:val="00B25916"/>
     <w:rsid w:val="00B30EFB"/>
     <w:rsid w:val="00B31951"/>
     <w:rsid w:val="00B344C4"/>
     <w:rsid w:val="00B352CA"/>
+    <w:rsid w:val="00B438D9"/>
     <w:rsid w:val="00B51A14"/>
     <w:rsid w:val="00B55A81"/>
     <w:rsid w:val="00B61F2C"/>
+    <w:rsid w:val="00B63C6F"/>
     <w:rsid w:val="00B66E77"/>
     <w:rsid w:val="00B72A9C"/>
     <w:rsid w:val="00B77024"/>
     <w:rsid w:val="00B8078C"/>
     <w:rsid w:val="00B81532"/>
     <w:rsid w:val="00B82558"/>
     <w:rsid w:val="00B82A35"/>
     <w:rsid w:val="00B83FD5"/>
+    <w:rsid w:val="00B84439"/>
     <w:rsid w:val="00B84AC8"/>
     <w:rsid w:val="00B86409"/>
     <w:rsid w:val="00B948E5"/>
     <w:rsid w:val="00BA06A9"/>
     <w:rsid w:val="00BA13AA"/>
     <w:rsid w:val="00BA4D56"/>
     <w:rsid w:val="00BA62DE"/>
     <w:rsid w:val="00BB1733"/>
     <w:rsid w:val="00BB2F70"/>
     <w:rsid w:val="00BC3005"/>
     <w:rsid w:val="00BC3F20"/>
     <w:rsid w:val="00BC557F"/>
     <w:rsid w:val="00BC559D"/>
     <w:rsid w:val="00BC64EF"/>
     <w:rsid w:val="00BD1EE7"/>
     <w:rsid w:val="00BD731C"/>
     <w:rsid w:val="00BE024B"/>
     <w:rsid w:val="00BE0A4B"/>
     <w:rsid w:val="00BE6C32"/>
     <w:rsid w:val="00BF367A"/>
     <w:rsid w:val="00BF41B8"/>
     <w:rsid w:val="00BF486D"/>
     <w:rsid w:val="00C008E0"/>
     <w:rsid w:val="00C0334C"/>
     <w:rsid w:val="00C14503"/>
     <w:rsid w:val="00C24A9D"/>
     <w:rsid w:val="00C27153"/>
     <w:rsid w:val="00C35A59"/>
     <w:rsid w:val="00C42008"/>
     <w:rsid w:val="00C4792A"/>
     <w:rsid w:val="00C60EC4"/>
     <w:rsid w:val="00C62309"/>
     <w:rsid w:val="00C7026F"/>
+    <w:rsid w:val="00C81BD5"/>
     <w:rsid w:val="00C8464D"/>
     <w:rsid w:val="00C95804"/>
     <w:rsid w:val="00CA0C24"/>
     <w:rsid w:val="00CB2EA0"/>
     <w:rsid w:val="00CB35E8"/>
     <w:rsid w:val="00CC6DAE"/>
     <w:rsid w:val="00CD1534"/>
     <w:rsid w:val="00CD701C"/>
+    <w:rsid w:val="00CE6345"/>
+    <w:rsid w:val="00CF07E7"/>
+    <w:rsid w:val="00CF2547"/>
     <w:rsid w:val="00D01154"/>
     <w:rsid w:val="00D048E4"/>
     <w:rsid w:val="00D051E8"/>
     <w:rsid w:val="00D11E6F"/>
     <w:rsid w:val="00D216D6"/>
     <w:rsid w:val="00D26772"/>
     <w:rsid w:val="00D368B1"/>
     <w:rsid w:val="00D46CFE"/>
     <w:rsid w:val="00D51ACB"/>
     <w:rsid w:val="00D52CF2"/>
     <w:rsid w:val="00D52EE9"/>
     <w:rsid w:val="00D53A31"/>
     <w:rsid w:val="00D55B84"/>
     <w:rsid w:val="00D61ECB"/>
+    <w:rsid w:val="00D661B7"/>
     <w:rsid w:val="00D70136"/>
     <w:rsid w:val="00D71FCA"/>
     <w:rsid w:val="00D73946"/>
     <w:rsid w:val="00D77121"/>
     <w:rsid w:val="00D80126"/>
     <w:rsid w:val="00D8211F"/>
     <w:rsid w:val="00D82F33"/>
     <w:rsid w:val="00D86229"/>
     <w:rsid w:val="00DB1127"/>
     <w:rsid w:val="00DB73DC"/>
     <w:rsid w:val="00DC07A1"/>
     <w:rsid w:val="00DE16CB"/>
     <w:rsid w:val="00DE337A"/>
     <w:rsid w:val="00DF01DC"/>
     <w:rsid w:val="00DF0FCF"/>
     <w:rsid w:val="00E05856"/>
     <w:rsid w:val="00E10EDB"/>
+    <w:rsid w:val="00E1486D"/>
     <w:rsid w:val="00E373EE"/>
     <w:rsid w:val="00E41E34"/>
     <w:rsid w:val="00E424A5"/>
     <w:rsid w:val="00E515BD"/>
+    <w:rsid w:val="00E55518"/>
     <w:rsid w:val="00E56286"/>
     <w:rsid w:val="00E66606"/>
     <w:rsid w:val="00E72521"/>
     <w:rsid w:val="00E74A3E"/>
     <w:rsid w:val="00E764A0"/>
+    <w:rsid w:val="00E77604"/>
     <w:rsid w:val="00E77A2D"/>
     <w:rsid w:val="00E9458A"/>
     <w:rsid w:val="00EA1C26"/>
+    <w:rsid w:val="00EA6B48"/>
     <w:rsid w:val="00EB47B1"/>
     <w:rsid w:val="00EB7F48"/>
     <w:rsid w:val="00EC54B8"/>
     <w:rsid w:val="00ED2D17"/>
+    <w:rsid w:val="00EF3EFB"/>
     <w:rsid w:val="00EF5F30"/>
     <w:rsid w:val="00EF620A"/>
     <w:rsid w:val="00EF6BD4"/>
     <w:rsid w:val="00EF73E6"/>
+    <w:rsid w:val="00EF7A39"/>
+    <w:rsid w:val="00F00CA1"/>
     <w:rsid w:val="00F021DA"/>
     <w:rsid w:val="00F10547"/>
     <w:rsid w:val="00F119A9"/>
     <w:rsid w:val="00F2238B"/>
     <w:rsid w:val="00F32B1E"/>
+    <w:rsid w:val="00F35983"/>
     <w:rsid w:val="00F35FA2"/>
     <w:rsid w:val="00F42646"/>
     <w:rsid w:val="00F441B1"/>
     <w:rsid w:val="00F47241"/>
+    <w:rsid w:val="00F52743"/>
     <w:rsid w:val="00F553DF"/>
     <w:rsid w:val="00F65220"/>
     <w:rsid w:val="00F65F56"/>
     <w:rsid w:val="00F769D0"/>
     <w:rsid w:val="00F817F7"/>
+    <w:rsid w:val="00F8287C"/>
     <w:rsid w:val="00F90166"/>
+    <w:rsid w:val="00F93AAD"/>
     <w:rsid w:val="00F9473F"/>
     <w:rsid w:val="00F94D6A"/>
     <w:rsid w:val="00FA360D"/>
     <w:rsid w:val="00FA4506"/>
     <w:rsid w:val="00FA4D56"/>
     <w:rsid w:val="00FB0CD7"/>
     <w:rsid w:val="00FB606C"/>
     <w:rsid w:val="00FC2122"/>
+    <w:rsid w:val="00FD4D07"/>
     <w:rsid w:val="00FD72FA"/>
     <w:rsid w:val="00FE700E"/>
     <w:rsid w:val="00FF1117"/>
     <w:rsid w:val="00FF47EE"/>
     <w:rsid w:val="1D7E7750"/>
     <w:rsid w:val="272BA52C"/>
     <w:rsid w:val="2F473D47"/>
     <w:rsid w:val="69EB0664"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ZA" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -9111,51 +9682,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD1126"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0083B3" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
@@ -9727,120 +10297,130 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1949003547">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aspd@uct.ac.za" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/170857" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/forms.htm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/your-account" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/probation/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap01.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr100a.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ohs-training@uct.ac.za" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:traffic@uct.ac.za" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations/uct-disciplinary-policy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr174.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uct.ac.za" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/SAP-training" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/contacts/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uct.ac.za/research-support-hub" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/leave/study_research/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hr-stafflearningcentre@uct.ac.za" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/it-service-desk" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctrf.co.za/uctrf/new-member-sessions" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/policy/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cilt.uct.ac.za/cilt/new-academic-practitioners-programme" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/coe_ranges/payslip" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/cards/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/performance/management/academic_staff/performance_planning/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr100c.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap02.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ched.uct.ac.za/services/new-academic-practitioners-programme" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-trading-post/furniture-trading-post)" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/private_work/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr174.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staff.uct.ac.za/staff/finance/procurement/purchasing/card" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stayandconnect.uct.ac.za/sc/faculty-staff-housing" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctrf.co.za/uctrf/new-member-sessions" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/home/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/remuneration-benefits-other-employment-benefits/clubs-societies-and-social-activities" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icts-helpdesk@uct.ac.za" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/90-day-integration-plan-template.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rci.uct.ac.za/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dCATALOG%5fSEARCH%26sbArSel%3d%26keywords%3dOHSE%26selKeyWordHeader%3dOHSE%26catSel%3d%26srcSel%3d%26delMthSel%3d%26ILDateFrm%3d%26ILDateTo%3d%26ILBlend%3d%26ILSchd%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr101.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/private_work/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctcloud.sharepoint.com/:v:/s/OHSEDocuments-OHSEInternalDocuments/EVMjQ7qLfMhAoFRZU1KFORgBIrMg3wPok7-hcEmnAOtO1Q" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/ta01.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/leave/study_research/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr174.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/performance/management/academic_staff/performance_planning/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/uct-new-employee-onboarding-employee-resource-guide-v1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap03.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-services/furniture-procurement" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dITEM%5fDETAILS%26componentID%3d1000009%26componentTypeID%3dCRSE%26revisionDate%3d1533110400000%26targetStudentSysGUID%3d%26actingAs%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr101.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sapess/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations-staff-bodies/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/students/fees-funding-postgraduate-degree-funding/postgraduate-funding-office-contacts" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/first-week-itinerary-template.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/first-week-itinerary-template.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:https://icts.uct.ac.za/services-training/setting-your-it-uct-staff" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/175330" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aspd@uct.ac.za" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/170857" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stayandconnect.uct.ac.za/sc/faculty-staff-housing" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/policy/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cilt.uct.ac.za/cilt/new-academic-practitioners-programme" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap01.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.uct.ac.za/hr100a.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dCATALOG%5fSEARCH%26sbArSel%3d%26keywords%3dOHSE%26selKeyWordHeader%3dOHSE%26catSel%3d%26srcSel%3d%26delMthSel%3d%26ILDateFrm%3d%26ILDateTo%3d%26ILBlend%3d%26ILSchd%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:traffic@uct.ac.za" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/private_work/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr174.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/home/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/SAP-training" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/contacts/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uct.ac.za/research-support-hub" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/leave/study_research/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://performancemanager.successfactors.eu/sf/learning?destUrl=https%3a%2f%2funiversi07%2eplateau%2ecom%2flearning%2fuser%2fdeeplink%5fredirect%2ejsp%3flinkId%3dITEM%5fDETAILS%26componentID%3d1000009%26componentTypeID%3dCRSE%26revisionDate%3d1533110400000%26targetStudentSysGUID%3d%26actingAs%3d%26fromSF%3dY&amp;company=universi07" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/forms.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/your-account" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/remuneration-benefits-other-employment-benefits/clubs-societies-and-social-activities" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/benefits/remuneration/coe_ranges/payslip" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/cards/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr174.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr100c.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap02.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ched.uct.ac.za/services/new-academic-practitioners-programme" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ohs-training@uct.ac.za" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:https://icts.uct.ac.za/services-training/setting-your-it-uct-staff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/leave/study_research/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/probation/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staff.uct.ac.za/staff/finance/procurement/purchasing/card" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742827" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/staff/induction/benefits_info_sessions/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/general/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations-staff-bodies/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/contacts" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icts-helpdesk@uct.ac.za" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742820" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rci.uct.ac.za/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hr-stafflearningcentre@uct.ac.za" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icts.uct.ac.za/media/681738" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/employee-relations/uct-disciplinary-policy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/service/academic/private_work/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icts.uct.ac.za/it-service-desk" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/ta01.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uct.ac.za" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/175330" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742820" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/performance/management/academic_staff/performance_planning/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742849" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/sap03.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-trading-post/furniture-trading-post)" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/prospective-new-staff-induction/introduction-uct-new-staff" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr101.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctrf.co.za/uctrf/new-member-sessions" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sapess/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/hr/performance/management/academic_staff/performance_planning/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/students/fees-funding-postgraduate-degree-funding/postgraduate-funding-office-contacts" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742827" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uct.ac.za/staff/finance-procurement-payment-services-services/furniture-procurement" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uctcloud.sharepoint.com/:v:/s/OHSEDocuments-OHSEInternalDocuments/EVMjQ7qLfMhAoFRZU1KFORgBIrMg3wPok7-hcEmnAOtO1Q" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forms.uct.ac.za/hr174.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\01468221\AppData\Roaming\Microsoft\Templates\Documents%20to%20store%20and%20share%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="828109CC638E4798AF87D233FD1DE677"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7E21F8F5-7656-4634-8D21-A78E0BBD9C2B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00507901" w:rsidRDefault="00507901" w:rsidP="00507901">
+        <w:p w:rsidR="00507901" w:rsidRDefault="00B416AE" w:rsidP="00B416AE">
           <w:pPr>
-            <w:pStyle w:val="828109CC638E4798AF87D233FD1DE677"/>
+            <w:pStyle w:val="828109CC638E4798AF87D233FD1DE6771"/>
           </w:pPr>
-          <w:r w:rsidRPr="00A90AD0">
+          <w:r w:rsidRPr="00E77604">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="003C64"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F6A006E0336249D58547879197026BBA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A29FC119-B49C-4DD6-8530-9B468F8BA567}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00507901" w:rsidRDefault="00507901" w:rsidP="00507901">
+        <w:p w:rsidR="00507901" w:rsidRDefault="00B416AE" w:rsidP="00B416AE">
           <w:pPr>
-            <w:pStyle w:val="F6A006E0336249D58547879197026BBA"/>
+            <w:pStyle w:val="F6A006E0336249D58547879197026BBA1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00A90AD0">
+          <w:r w:rsidRPr="008E4E32">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="003C64"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -9872,111 +10452,116 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="HGGothicE">
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7EDFE" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00507901"/>
     <w:rsid w:val="000F20CE"/>
     <w:rsid w:val="002B6270"/>
+    <w:rsid w:val="002E7632"/>
     <w:rsid w:val="003E555A"/>
     <w:rsid w:val="004C2A96"/>
     <w:rsid w:val="00507901"/>
     <w:rsid w:val="00855002"/>
+    <w:rsid w:val="008A2D73"/>
+    <w:rsid w:val="00B416AE"/>
+    <w:rsid w:val="00E55518"/>
     <w:rsid w:val="00EF5F30"/>
+    <w:rsid w:val="00FD4D07"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ZA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -10388,76 +10973,76 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00507901"/>
+    <w:rsid w:val="00B416AE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="828109CC638E4798AF87D233FD1DE677">
-[...1 lines deleted...]
-    <w:rsid w:val="00507901"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="828109CC638E4798AF87D233FD1DE6771">
+    <w:name w:val="828109CC638E4798AF87D233FD1DE6771"/>
+    <w:rsid w:val="00B416AE"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="264" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:b/>
       <w:color w:val="E97132" w:themeColor="accent2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6A006E0336249D58547879197026BBA">
-[...1 lines deleted...]
-    <w:rsid w:val="00507901"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6A006E0336249D58547879197026BBA1">
+    <w:name w:val="F6A006E0336249D58547879197026BBA1"/>
+    <w:rsid w:val="00B416AE"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="264" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:b/>
       <w:color w:val="E97132" w:themeColor="accent2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
@@ -10780,74 +11365,59 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="28" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="60f5a4f2d2b0abadcf532d48ebf9cb71">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" xmlns:ns4="230e9df3-be65-4c73-a93b-d1236ebd677e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7dd78129e6a1811f84807ad11c651531" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:import namespace="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Image" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -11115,142 +11685,157 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Image xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Image>
+    <Status xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">Not started</Status>
+    <Background xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">false</Background>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <ImageTagsTaxHTField xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ImageTagsTaxHTField>
+    <TaxCatchAll xmlns="230e9df3-be65-4c73-a93b-d1236ebd677e" xsi:nil="true"/>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E90DBD6E-AB6A-4677-A104-91320E3955B4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CC8BB02-A43C-4B29-B7C6-B9328D334CDB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C274FEAC-9B74-48BF-9EF9-106FAB70F562}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8F946C6-88BB-40E0-ADDC-387B750B11E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C274FEAC-9B74-48BF-9EF9-106FAB70F562}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CC8BB02-A43C-4B29-B7C6-B9328D334CDB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E90DBD6E-AB6A-4677-A104-91320E3955B4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+    <ds:schemaRef ds:uri="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Documents to store and share checklist</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>15774</Characters>
+  <Pages>5</Pages>
+  <Words>3109</Words>
+  <Characters>15984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>426</Lines>
-  <Paragraphs>247</Paragraphs>
+  <Lines>456</Lines>
+  <Paragraphs>244</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18827</CharactersWithSpaces>
+  <CharactersWithSpaces>18849</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>uct nEW EMPLOYEE ONBOARDING – lINE mANAGER cHECKLIST (academic sTAFF)</dc:title>
   <dc:subject/>
   <dc:creator>Cherise Llewellyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>
   </property>