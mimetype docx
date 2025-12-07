--- v0 (2025-11-11)
+++ v1 (2025-12-07)
@@ -11,118 +11,119 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DF5A6DA" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="008221BB" w:rsidRDefault="000223AC" w:rsidP="000223AC">
+    <w:p w14:paraId="0DF5A6DA" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="0044062C" w:rsidRDefault="000223AC" w:rsidP="000223AC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008221BB">
+          <w:color w:val="003C64"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044062C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
         <w:t>UCT New Employee Onboarding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240E9EBD" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="008221BB" w:rsidRDefault="000223AC" w:rsidP="000223AC">
+    <w:p w14:paraId="240E9EBD" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="0044062C" w:rsidRDefault="000223AC" w:rsidP="000223AC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008221BB">
+      <w:r w:rsidRPr="0044062C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Induction facilitator guide</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FEC6C36" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="008221BB" w:rsidRDefault="000223AC" w:rsidP="000223AC">
+    <w:p w14:paraId="5FEC6C36" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="0044062C" w:rsidRDefault="000223AC" w:rsidP="000223AC">
       <w:pPr>
         <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C002C43" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="008221BB" w:rsidRDefault="000223AC" w:rsidP="000223AC">
+    <w:p w14:paraId="0C002C43" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="0044062C" w:rsidRDefault="000223AC" w:rsidP="000223AC">
       <w:pPr>
         <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008221BB">
+          <w:color w:val="003C64"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044062C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAEB53E" w14:textId="77777777" w:rsidR="000223AC" w:rsidRPr="008221BB" w:rsidRDefault="000223AC" w:rsidP="000223AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008221BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Use this template to assist you as a New Employee Induction Facilitator at UCT. Follow these steps to prepare it for the new staff member:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39033630" w14:textId="77777777" w:rsidR="00384A29" w:rsidRPr="008221BB" w:rsidRDefault="000223AC" w:rsidP="000223AC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
@@ -952,67 +953,67 @@
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Image 6" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:27748;width:19343;height:17532;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADj3uWxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBujdweTHCimFJwElIobX6vi7WxTa2VKymO+/ZVoZDjMDPfMIt8MK3oyfnGsoKnaQKC&#10;uLS64UrBYV88zkD4gKyxtUwKfshDvhw9LDDT9saf1O9CJSKEfYYK6hC6TEpf1mTQT21HHL2LdQZD&#10;lK6S2uEtwk0rn5MklQYbjgs1dvRaU/m1uxoFvV+vzu79zZw+im16TLrvzWy/VWoyHl7mIAIN4R7+&#10;b2+0ghT+rsQbIJe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAOPe5bEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6173A74F" w14:textId="3B9EF8AC" w:rsidR="00BA700B" w:rsidRPr="000B385A" w:rsidRDefault="00BA700B" w:rsidP="00BA700B">
+    <w:p w14:paraId="6173A74F" w14:textId="3B9EF8AC" w:rsidR="00BA700B" w:rsidRPr="0044062C" w:rsidRDefault="00BA700B" w:rsidP="00BA700B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000B385A">
+          <w:color w:val="003C64"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044062C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Your Role</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3784D86B" w14:textId="09C9D6D7" w:rsidR="00E541A7" w:rsidRPr="000B385A" w:rsidRDefault="00E541A7" w:rsidP="00BA700B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B385A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">You have been carefully selected to be an </w:t>
       </w:r>
       <w:r w:rsidR="001E5D43" w:rsidRPr="000B385A">
         <w:rPr>
@@ -1941,67 +1942,67 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B385A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Provide any HR related advice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DE3D7A" w14:textId="6694B2FF" w:rsidR="005A55B6" w:rsidRPr="000B385A" w:rsidRDefault="00044007" w:rsidP="000A4DF6">
+    <w:p w14:paraId="55DE3D7A" w14:textId="6694B2FF" w:rsidR="005A55B6" w:rsidRPr="00A272D5" w:rsidRDefault="00044007" w:rsidP="000A4DF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000B385A">
+          <w:color w:val="003C64"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A272D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tips</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F264ABE" w14:textId="798AF157" w:rsidR="00350AB0" w:rsidRPr="000B385A" w:rsidRDefault="00232322" w:rsidP="00232322">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-ZA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000B385A">
@@ -3295,69 +3296,70 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75E22F2E" w14:textId="77777777" w:rsidR="005038C6" w:rsidRPr="00C23174" w:rsidRDefault="005038C6" w:rsidP="00C23174">
       <w:pPr>
         <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00DC45B9" w14:textId="77777777" w:rsidR="005038C6" w:rsidRPr="00C23174" w:rsidRDefault="005038C6" w:rsidP="00C23174">
       <w:pPr>
         <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33C5710D" w14:textId="1FA0F516" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="006D1296">
+    <w:p w14:paraId="33C5710D" w14:textId="1FA0F516" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="006D1296">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B385A">
+      <w:r w:rsidRPr="00A272D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:noProof/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56D52E6B" wp14:editId="4B629051">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>252976</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788025" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="15875" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="457507877" name="Straight Connector 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
@@ -3386,80 +3388,80 @@
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="6C9452AA" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from=".75pt,19.9pt" to="456.5pt,19.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMsWTNvQEAAN4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvRfYPwi6L3YCZA2MOD20aC/D&#10;VqztB6gyFQuQREHSYufvR8mJU6wDhg29yBLF98j3RG9vRmvYAULU6Fq+XNScgZPYabdv+cvz/ecN&#10;ZzEJ1wmDDlp+hMhvdp+utoNvYIU9mg4CIxIXm8G3vE/JN1UVZQ9WxAV6cHSpMFiR6Bj2VRfEQOzW&#10;VKu6/lINGDofUEKMFL2bLvmu8CsFMn1XKkJipuXUWyprKOtrXqvdVjT7IHyv5akN8R9dWKEdFZ2p&#10;7kQS7GfQ76islgEjqrSQaCtUSksoGkjNsv5NzVMvPBQtZE70s03x42jlt8Otewxkw+BjE/1jyCpG&#10;FWz+Un9sLGYdZ7NgTExScH292dSrNWfyfFddgD7E9ABoWd603GiXdYhGHL7GRMUo9ZySw8axgaZn&#10;vblel7SIRnf32ph8WWYBbk1gB0GvmMZVfjVieJNFJ+MoeBFRduloYOL/AYrpjtpeTgXyfF04hZTg&#10;0vLEaxxlZ5iiDmZg/XfgKT9Doczev4BnRKmMLs1gqx2GP1VP47llNeWfHZh0ZwtesTuW5y3W0BAV&#10;504Dn6f07bnAL7/l7hcAAAD//wMAUEsDBBQABgAIAAAAIQBomHTW2wAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOqUhriVKUSSHCj5ee6jbdJ1HgdxU4a3p5FHOhxdkYz&#10;32ar0TVqoC7Ung1MJwko4sLbmksD77unm3tQISJbbDyTgW8KsMovLzJMrT/xGw3bWCop4ZCigSrG&#10;NtU6FBU5DBPfEot38J3DKLIrte3wJOWu0bdJcqcd1iwLFba0qag4bnsnu4vn/iN53Mw/vzS+vNaL&#10;w1DGwZjrq3H9ACrSGP/D8Isv6JAL0973bINqRM8laGC2lAfEXk5n8tr+76DzTJ/z5z8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAjLFkzb0BAADeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAaJh01tsAAAAHAQAADwAAAAAAAAAAAAAAAAAXBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAB8FAAAAAA==&#10;" strokecolor="#0e2841 [3215]" strokeweight="1.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="004A7F8E" w:rsidRPr="000B385A">
+      <w:r w:rsidR="004A7F8E" w:rsidRPr="00A272D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Induction Facilitator</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B385A">
+      <w:r w:rsidRPr="00A272D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A7F8E" w:rsidRPr="000B385A">
+      <w:r w:rsidR="004A7F8E" w:rsidRPr="00A272D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Checklist</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A03664" w14:textId="77777777" w:rsidR="006D1296" w:rsidRPr="000B385A" w:rsidRDefault="006D1296" w:rsidP="00C827D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A1AE80C" w14:textId="71E95CF6" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="000B78B4" w:rsidP="00C827D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -3499,145 +3501,145 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="7B2B77B4" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8456EF" w14:textId="0B42408A" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00DD11CE">
+          <w:p w14:paraId="4F8456EF" w14:textId="0B42408A" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidR="00DD11CE" w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00DD11CE" w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Before the first day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2307E4FE" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00DD11CE">
+          <w:p w14:paraId="2307E4FE" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00E8B9C5" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00DD11CE">
+          <w:p w14:paraId="00E8B9C5" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> [date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="129E3656" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4D9C3CFC" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3707,81 +3709,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and agree responsibilities</w:t>
             </w:r>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E41EFEE" w14:textId="4FD5A07E" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00DD11CE">
+          <w:p w14:paraId="0E41EFEE" w14:textId="4FD5A07E" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1858190115"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A1FAB" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="6C676533" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -3813,81 +3814,80 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Get to know all relevant policies and training materials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC63EE3" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00DD11CE">
+          <w:p w14:paraId="4CC63EE3" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-254369649"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="66EF8096" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -3940,81 +3940,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">or e-mail </w:t>
             </w:r>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and introduce yourself.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3672A34D" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00DD11CE">
+          <w:p w14:paraId="3672A34D" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1975482657"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="4354EF5D" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -4076,81 +4075,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="00C7325C" w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">s workstation is fully set up </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E81AB1" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00DD11CE">
+          <w:p w14:paraId="60E81AB1" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1589843756"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="08A87400" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -4205,81 +4203,80 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">be included when sending the </w:t>
             </w:r>
             <w:r w:rsidR="00EB5954" w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>First Week Itinerary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54EFA562" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00DD11CE">
+          <w:p w14:paraId="54EFA562" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1912041815"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="5FBB6237" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -4309,81 +4306,80 @@
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9FF65F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00DD11CE">
+          <w:p w14:paraId="3C9FF65F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00DD11CE">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="2019263569"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="377F4000" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00FC16ED">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4391,135 +4387,135 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="24CEDFA8" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27C7004A" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="27C7004A" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2. On the first day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1862EAE1" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
+          <w:p w14:paraId="1862EAE1" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25D984F8" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
+          <w:p w14:paraId="25D984F8" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> [date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="6CDD4E43" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2F670766" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4549,81 +4545,80 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Meet with new staff member </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21524993" w14:textId="0EC6BB98" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="007E47BD">
+          <w:p w14:paraId="21524993" w14:textId="0EC6BB98" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="007E47BD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1322962740"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007E47BD" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="5F77627B" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -4651,81 +4646,80 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Conduct office tour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1C29AA" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="007E47BD">
+          <w:p w14:paraId="7C1C29AA" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="007E47BD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1253248334"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="3FDE1149" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -4809,81 +4803,80 @@
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>OHSE Induction video</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00804A5D" w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A03D3B8" w14:textId="0C7015D9" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="007E47BD">
+          <w:p w14:paraId="3A03D3B8" w14:textId="0C7015D9" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="007E47BD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1264612314"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007E47BD" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="7FD2DDC2" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -5158,81 +5151,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Any other information relevant to his/her position.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18974F88" w14:textId="1CEA584C" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="000E77E3">
+          <w:p w14:paraId="18974F88" w14:textId="1CEA584C" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="000E77E3">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-177670313"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A57F5B" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="5317E7BC" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -5261,82 +5253,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Discuss clubs, sports facilities, unions or refer the staff member to the relevant staff bodies responsible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCAEDF7" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="1BCAEDF7" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="878362279"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="45F2C6D5" w14:textId="77777777" w:rsidTr="00792619">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -5364,82 +5355,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3397144E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="3397144E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="2034221111"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="014E1DED" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00FC16ED">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5447,155 +5437,155 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="253667B1" w14:textId="77777777" w:rsidTr="009A0403">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CDEB69C" w14:textId="4BD65EEE" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2CDEB69C" w14:textId="4BD65EEE" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="000A6A51" w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="000A6A51" w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>End of the</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> first week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77104A46" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="77104A46" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46FE4F56" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="46FE4F56" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> [date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="07A00985" w14:textId="77777777" w:rsidTr="000A6A51">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3334B5C9" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5624,82 +5614,81 @@
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Explain UCT’s culture, values, and unwritten rules. Share stories and examples to help the new hire understand and integrate into the culture.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03B9BD4E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="03B9BD4E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="834721169"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="1D817047" w14:textId="77777777" w:rsidTr="000A6A51">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -5737,82 +5726,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Agree and schedule check-in with new staff member</w:t>
             </w:r>
             <w:r w:rsidR="000E77E3" w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and communication preferences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44A232BE" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="44A232BE" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1833909219"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="38DAD422" w14:textId="77777777" w:rsidTr="000A6A51">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -5841,82 +5829,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F53B1DA" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="2F53B1DA" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="89673805"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="6CB2F560" w14:textId="77777777" w:rsidTr="000A6A51">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -5944,82 +5931,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4E2374" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="4C4E2374" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-470365982"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="73B76A34" w14:textId="77777777" w:rsidTr="000A6A51">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -6048,82 +6034,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35F0D8BC" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="35F0D8BC" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-297529977"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="27A2961F" w14:textId="77777777" w:rsidTr="000A6A51">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -6151,82 +6136,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20DBB45A" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="20DBB45A" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="821465115"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46CB6303" w14:textId="77777777" w:rsidR="002D743D" w:rsidRPr="000B385A" w:rsidRDefault="002D743D" w:rsidP="00FC16ED">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6234,155 +6218,155 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="2E0EC48F" w14:textId="77777777" w:rsidTr="009A0403">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2620A5BC" w14:textId="0FF4C684" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2620A5BC" w14:textId="0FF4C684" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
-            <w:r w:rsidR="000A6A51" w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="000A6A51" w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">End of </w:t>
             </w:r>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the first month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D82DA37" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="4D82DA37" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFA3D4F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="2FFA3D4F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> [date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="5A4EDF0B" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="07977905" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6442,82 +6426,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>had their questions and concerns addressed</w:t>
             </w:r>
             <w:r w:rsidR="004B74D1" w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> at this stage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB19284" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="7FB19284" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1641255154"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="2198FD07" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -6545,82 +6528,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6AE325" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="6A6AE325" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-890804562"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="4C50C1BB" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -6649,82 +6631,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ADEB19D" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="7ADEB19D" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1939328289"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="6CA6535B" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -6752,82 +6733,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1536A6B6" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="1536A6B6" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1030335294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="38CD68C4" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -6856,82 +6836,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05737147" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="05737147" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-432284697"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="542D682B" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -6959,82 +6938,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F47E51E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="0F47E51E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2010433005"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="060FEC41" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00FC16ED">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -7053,155 +7031,155 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="2E5C16B6" w14:textId="77777777" w:rsidTr="009A0403">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE73987" w14:textId="3E60E4F6" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2BE73987" w14:textId="3E60E4F6" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
-            <w:r w:rsidR="000A6A51" w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="000A6A51" w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">End of </w:t>
             </w:r>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the second month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6096C78F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="6096C78F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="137298C9" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="137298C9" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> [date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="317B1A87" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1DE006BB" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7231,82 +7209,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ensure that the staff member has had their questions and concerns addressed at this stage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A70B921" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="5A70B921" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-756437098"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="4915D758" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -7334,82 +7311,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70355549" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="70355549" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1916049308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="6B2D4DA2" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -7438,82 +7414,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24A50E96" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="24A50E96" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1651059736"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="56F484A8" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -7541,82 +7516,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A089979" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="1A089979" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-764695043"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="71FB2F56" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -7645,82 +7619,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BECAECF" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="6BECAECF" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="938878449"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="556DD6AD" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -7748,82 +7721,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69F41F9E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="69F41F9E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-509756910"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D83099F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00FC16ED">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -7831,155 +7803,155 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="385501DD" w14:textId="77777777" w:rsidTr="009A0403">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7714D886" w14:textId="796B6C59" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="7714D886" w14:textId="796B6C59" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">6. </w:t>
             </w:r>
-            <w:r w:rsidR="000A6A51" w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="000A6A51" w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>End of</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> the third month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75C37C9F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="75C37C9F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6790C7FC" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="6790C7FC" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> [date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="1AA3E5FC" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="303543AB" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8009,82 +7981,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ensure that the staff member has had their questions and concerns addressed at this stage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5456A279" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="5456A279" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="408811228"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="2250A5F3" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -8112,82 +8083,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69EF7461" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="69EF7461" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1312178572"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="01C63E0E" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -8216,82 +8186,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F949287" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="7F949287" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-672033674"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="12DD3536" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -8319,82 +8288,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBB3B41" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="7DBB3B41" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-753598523"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="083885DC" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -8425,82 +8393,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6EE449" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="1B6EE449" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1481771999"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="405741E3" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -8530,82 +8497,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A59C13E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="00F22044">
+          <w:p w14:paraId="5A59C13E" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="194891497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5EE86D20" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00FC16ED">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -8613,145 +8579,145 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="48563B69" w14:textId="77777777" w:rsidTr="009A0403">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="739"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15AF5BD7" w14:textId="2203CEF7" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="15AF5BD7" w14:textId="2203CEF7" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
-            <w:r w:rsidR="00FB4E48" w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00FB4E48" w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Post-boarding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0362FA36" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="0362FA36" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07259873" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
+          <w:p w14:paraId="07259873" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="00A272D5" w:rsidRDefault="00FC16ED" w:rsidP="009A0403">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000B385A">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00A272D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> [date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="7017D005" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2F31F77F" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8781,82 +8747,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4A0E69" w14:textId="576371A0" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="002C4BC7">
+          <w:p w14:paraId="6C4A0E69" w14:textId="576371A0" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="002C4BC7">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="358477811"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B60FF" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="29D52DD0" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -8884,82 +8849,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="481A08EC" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="002C4BC7">
+          <w:p w14:paraId="481A08EC" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="002C4BC7">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1480537204"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="7649F2B0" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -8988,82 +8952,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04CE3813" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="002C4BC7">
+          <w:p w14:paraId="04CE3813" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="002C4BC7">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="474956196"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="2271E243" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3402" w:type="dxa"/>
@@ -9091,82 +9054,81 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF03019" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="002C4BC7">
+          <w:p w14:paraId="1DF03019" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="002C4BC7">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2023234718"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B055EC" w:rsidRPr="000B385A" w14:paraId="785270F7" w14:textId="77777777" w:rsidTr="00970D0B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -9195,82 +9157,81 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Add activity]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E121F95" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00B244A9" w:rsidP="002C4BC7">
+          <w:p w14:paraId="5E121F95" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00000000" w:rsidP="002C4BC7">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2080351509"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC16ED" w:rsidRPr="000B385A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DC4ABC5" w14:textId="77777777" w:rsidR="00FC16ED" w:rsidRPr="000B385A" w:rsidRDefault="00FC16ED" w:rsidP="00BA06A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -9303,61 +9264,61 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DD27088" w14:textId="13CD4B02" w:rsidR="009C7D95" w:rsidRPr="000B385A" w:rsidRDefault="009C7D95" w:rsidP="00F31DD4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C7D95" w:rsidRPr="000B385A">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78C249DD" w14:textId="77777777" w:rsidR="001207C1" w:rsidRDefault="001207C1" w:rsidP="007F3553">
+    <w:p w14:paraId="5B1660A6" w14:textId="77777777" w:rsidR="006C480D" w:rsidRDefault="006C480D" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B1260BE" w14:textId="77777777" w:rsidR="001207C1" w:rsidRDefault="001207C1" w:rsidP="007F3553">
+    <w:p w14:paraId="3D04D5E5" w14:textId="77777777" w:rsidR="006C480D" w:rsidRDefault="006C480D" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9434,61 +9395,61 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A08265E" w14:textId="40ECEE3D" w:rsidR="007F3553" w:rsidRDefault="003A38A9" w:rsidP="00C03C38">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="6480"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                          </w:t>
     </w:r>
     <w:r w:rsidR="00C03C38">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30720DD9" w14:textId="77777777" w:rsidR="001207C1" w:rsidRDefault="001207C1" w:rsidP="007F3553">
+    <w:p w14:paraId="5E6CC8C5" w14:textId="77777777" w:rsidR="006C480D" w:rsidRDefault="006C480D" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="272B0E1D" w14:textId="77777777" w:rsidR="001207C1" w:rsidRDefault="001207C1" w:rsidP="007F3553">
+    <w:p w14:paraId="6F8F083C" w14:textId="77777777" w:rsidR="006C480D" w:rsidRDefault="006C480D" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5F24DEDA" w14:textId="4818910A" w:rsidR="009F6D8C" w:rsidRDefault="008221BB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="2C7FCE" w:themeColor="text2" w:themeTint="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -11859,84 +11820,86 @@
     <w:rsid w:val="002C28C4"/>
     <w:rsid w:val="002C4BC7"/>
     <w:rsid w:val="002C7B65"/>
     <w:rsid w:val="002D743D"/>
     <w:rsid w:val="002E5CA8"/>
     <w:rsid w:val="002F49F6"/>
     <w:rsid w:val="002F5DF2"/>
     <w:rsid w:val="00302E1F"/>
     <w:rsid w:val="00311C3E"/>
     <w:rsid w:val="00316458"/>
     <w:rsid w:val="0032437C"/>
     <w:rsid w:val="003318B6"/>
     <w:rsid w:val="00350AB0"/>
     <w:rsid w:val="00352AFB"/>
     <w:rsid w:val="00384A29"/>
     <w:rsid w:val="003962D7"/>
     <w:rsid w:val="003A38A9"/>
     <w:rsid w:val="003B300A"/>
     <w:rsid w:val="003B68F7"/>
     <w:rsid w:val="003C1C68"/>
     <w:rsid w:val="003D67AA"/>
     <w:rsid w:val="004152B6"/>
     <w:rsid w:val="00425295"/>
     <w:rsid w:val="004261A1"/>
     <w:rsid w:val="00437A7E"/>
+    <w:rsid w:val="0044062C"/>
     <w:rsid w:val="00444BB7"/>
     <w:rsid w:val="0045177C"/>
     <w:rsid w:val="00461D28"/>
     <w:rsid w:val="004651B2"/>
     <w:rsid w:val="00466310"/>
     <w:rsid w:val="00466F57"/>
     <w:rsid w:val="00476B28"/>
     <w:rsid w:val="0048503E"/>
     <w:rsid w:val="00490126"/>
     <w:rsid w:val="00493D42"/>
     <w:rsid w:val="004A7493"/>
     <w:rsid w:val="004A7F8E"/>
     <w:rsid w:val="004B47F7"/>
     <w:rsid w:val="004B74D1"/>
     <w:rsid w:val="004D2C73"/>
     <w:rsid w:val="0050229B"/>
     <w:rsid w:val="005038C6"/>
     <w:rsid w:val="005048EA"/>
     <w:rsid w:val="00526D2A"/>
     <w:rsid w:val="005417A5"/>
     <w:rsid w:val="005420E3"/>
     <w:rsid w:val="00552203"/>
     <w:rsid w:val="005A55B6"/>
     <w:rsid w:val="005A6B95"/>
     <w:rsid w:val="005B60FF"/>
     <w:rsid w:val="005D7BE2"/>
     <w:rsid w:val="00612CF6"/>
     <w:rsid w:val="00627750"/>
     <w:rsid w:val="00655B81"/>
     <w:rsid w:val="006962F7"/>
     <w:rsid w:val="006967F6"/>
     <w:rsid w:val="0069743E"/>
     <w:rsid w:val="006A2196"/>
     <w:rsid w:val="006B39FB"/>
+    <w:rsid w:val="006C480D"/>
     <w:rsid w:val="006C67A5"/>
     <w:rsid w:val="006D1296"/>
     <w:rsid w:val="006D75EF"/>
     <w:rsid w:val="006E098A"/>
     <w:rsid w:val="007146A5"/>
     <w:rsid w:val="00720C77"/>
     <w:rsid w:val="007309A4"/>
     <w:rsid w:val="00733151"/>
     <w:rsid w:val="0074134A"/>
     <w:rsid w:val="0074216A"/>
     <w:rsid w:val="00742913"/>
     <w:rsid w:val="007720D9"/>
     <w:rsid w:val="007779B5"/>
     <w:rsid w:val="00790DA6"/>
     <w:rsid w:val="00792619"/>
     <w:rsid w:val="00793A95"/>
     <w:rsid w:val="007A1FAB"/>
     <w:rsid w:val="007A3106"/>
     <w:rsid w:val="007A474E"/>
     <w:rsid w:val="007B2A69"/>
     <w:rsid w:val="007D7DD8"/>
     <w:rsid w:val="007E4138"/>
     <w:rsid w:val="007E47BD"/>
     <w:rsid w:val="007E77BC"/>
     <w:rsid w:val="007F3553"/>
@@ -11953,50 +11916,51 @@
     <w:rsid w:val="00897A7E"/>
     <w:rsid w:val="008C7B79"/>
     <w:rsid w:val="008E0BCE"/>
     <w:rsid w:val="008F1246"/>
     <w:rsid w:val="008F476A"/>
     <w:rsid w:val="008F6866"/>
     <w:rsid w:val="009102C5"/>
     <w:rsid w:val="0091265E"/>
     <w:rsid w:val="009151E7"/>
     <w:rsid w:val="00947D45"/>
     <w:rsid w:val="00950A8A"/>
     <w:rsid w:val="009565E4"/>
     <w:rsid w:val="00970D0B"/>
     <w:rsid w:val="00982363"/>
     <w:rsid w:val="00982B11"/>
     <w:rsid w:val="009853FF"/>
     <w:rsid w:val="0098715A"/>
     <w:rsid w:val="00987C62"/>
     <w:rsid w:val="00994B90"/>
     <w:rsid w:val="00997AC4"/>
     <w:rsid w:val="009A0403"/>
     <w:rsid w:val="009C35BE"/>
     <w:rsid w:val="009C7D95"/>
     <w:rsid w:val="009F6D8C"/>
     <w:rsid w:val="00A25653"/>
+    <w:rsid w:val="00A272D5"/>
     <w:rsid w:val="00A3331A"/>
     <w:rsid w:val="00A43311"/>
     <w:rsid w:val="00A473A1"/>
     <w:rsid w:val="00A56C49"/>
     <w:rsid w:val="00A56E5B"/>
     <w:rsid w:val="00A57F5B"/>
     <w:rsid w:val="00A83C62"/>
     <w:rsid w:val="00A8702C"/>
     <w:rsid w:val="00AA2579"/>
     <w:rsid w:val="00AA3858"/>
     <w:rsid w:val="00AC76BC"/>
     <w:rsid w:val="00AD289A"/>
     <w:rsid w:val="00AD383E"/>
     <w:rsid w:val="00AD49D6"/>
     <w:rsid w:val="00AF14AE"/>
     <w:rsid w:val="00AF4CA2"/>
     <w:rsid w:val="00B041BE"/>
     <w:rsid w:val="00B055EC"/>
     <w:rsid w:val="00B1786B"/>
     <w:rsid w:val="00B244A9"/>
     <w:rsid w:val="00B25D3B"/>
     <w:rsid w:val="00B41D29"/>
     <w:rsid w:val="00B449E9"/>
     <w:rsid w:val="00B60418"/>
     <w:rsid w:val="00B61F2C"/>
@@ -12014,50 +11978,51 @@
     <w:rsid w:val="00C62255"/>
     <w:rsid w:val="00C65AE8"/>
     <w:rsid w:val="00C66C12"/>
     <w:rsid w:val="00C71E19"/>
     <w:rsid w:val="00C71F9D"/>
     <w:rsid w:val="00C7325C"/>
     <w:rsid w:val="00C827D2"/>
     <w:rsid w:val="00C84828"/>
     <w:rsid w:val="00C97D9B"/>
     <w:rsid w:val="00CA344A"/>
     <w:rsid w:val="00CB304C"/>
     <w:rsid w:val="00CB50D0"/>
     <w:rsid w:val="00CD46DE"/>
     <w:rsid w:val="00D03771"/>
     <w:rsid w:val="00D053CF"/>
     <w:rsid w:val="00D21F26"/>
     <w:rsid w:val="00D52EE9"/>
     <w:rsid w:val="00D57752"/>
     <w:rsid w:val="00D64402"/>
     <w:rsid w:val="00D82B57"/>
     <w:rsid w:val="00D86A4C"/>
     <w:rsid w:val="00D94B91"/>
     <w:rsid w:val="00DD0904"/>
     <w:rsid w:val="00DD11CE"/>
     <w:rsid w:val="00DE0DF9"/>
+    <w:rsid w:val="00E017BE"/>
     <w:rsid w:val="00E1003C"/>
     <w:rsid w:val="00E124EB"/>
     <w:rsid w:val="00E13682"/>
     <w:rsid w:val="00E1768A"/>
     <w:rsid w:val="00E22206"/>
     <w:rsid w:val="00E22C18"/>
     <w:rsid w:val="00E24889"/>
     <w:rsid w:val="00E404A5"/>
     <w:rsid w:val="00E43D63"/>
     <w:rsid w:val="00E541A7"/>
     <w:rsid w:val="00E639A9"/>
     <w:rsid w:val="00E700AC"/>
     <w:rsid w:val="00E70320"/>
     <w:rsid w:val="00E73484"/>
     <w:rsid w:val="00E85077"/>
     <w:rsid w:val="00E910C5"/>
     <w:rsid w:val="00EB5000"/>
     <w:rsid w:val="00EB5954"/>
     <w:rsid w:val="00ED265C"/>
     <w:rsid w:val="00ED3713"/>
     <w:rsid w:val="00ED699B"/>
     <w:rsid w:val="00EE156C"/>
     <w:rsid w:val="00EE2E87"/>
     <w:rsid w:val="00EF1701"/>
     <w:rsid w:val="00EF5F30"/>
@@ -14309,50 +14274,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003F9758911BDBF94381BBEDB03F2942E6" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9005e4300d22383c8e32761b1809edf9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d9fd2a03-e046-4d11-9f8e-f607fd32fc18" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47e13aadbe0905834164e81f3eb17bd8" ns2:_="">
     <xsd:import namespace="d9fd2a03-e046-4d11-9f8e-f607fd32fc18"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9fd2a03-e046-4d11-9f8e-f607fd32fc18" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -14452,130 +14432,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F789215C-D3A4-4AC5-866E-9BC24862A146}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55457F46-F450-4497-9C9A-DDB6DC916AB5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6ACC292-9300-4C17-9D29-08E8BDFA9578}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d9fd2a03-e046-4d11-9f8e-f607fd32fc18"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1302</Words>
-  <Characters>6998</Characters>
+  <Words>1238</Words>
+  <Characters>7062</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>349</Lines>
-  <Paragraphs>188</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8112</CharactersWithSpaces>
+  <CharactersWithSpaces>8284</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cherise Llewellyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003F9758911BDBF94381BBEDB03F2942E6</vt:lpwstr>
   </property>