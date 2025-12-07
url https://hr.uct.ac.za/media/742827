--- v0 (2025-11-10)
+++ v1 (2025-12-07)
@@ -5,136 +5,137 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="064BFE07" w14:textId="77777777" w:rsidR="00A56C49" w:rsidRPr="007F251A" w:rsidRDefault="00A56C49" w:rsidP="00A56C49">
+    <w:p w14:paraId="064BFE07" w14:textId="77777777" w:rsidR="00A56C49" w:rsidRPr="00DE216C" w:rsidRDefault="00A56C49" w:rsidP="00A56C49">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F251A">
+      <w:r w:rsidRPr="00DE216C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>UCT New Employee Onboarding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6360B9BE" w14:textId="2A0B884F" w:rsidR="00ED699B" w:rsidRPr="007F251A" w:rsidRDefault="00ED699B" w:rsidP="00063FE4">
+    <w:p w14:paraId="6360B9BE" w14:textId="2A0B884F" w:rsidR="00ED699B" w:rsidRPr="00DE216C" w:rsidRDefault="00ED699B" w:rsidP="00063FE4">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F251A">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="00DE216C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>First Week Itinerary Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FA76FA" w14:textId="77777777" w:rsidR="00063FE4" w:rsidRPr="007053A8" w:rsidRDefault="00063FE4" w:rsidP="00063FE4">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="18FA76FA" w14:textId="77777777" w:rsidR="00063FE4" w:rsidRPr="00DE216C" w:rsidRDefault="00063FE4" w:rsidP="00063FE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12D6396E" w14:textId="77777777" w:rsidR="000E0235" w:rsidRPr="007053A8" w:rsidRDefault="001C7690" w:rsidP="00133813">
+    <w:p w14:paraId="12D6396E" w14:textId="77777777" w:rsidR="000E0235" w:rsidRPr="00DE216C" w:rsidRDefault="001C7690" w:rsidP="00133813">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007053A8">
+      <w:r w:rsidRPr="00DE216C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4975DC6A" w14:textId="79E7BFEA" w:rsidR="009151E7" w:rsidRPr="007053A8" w:rsidRDefault="009151E7" w:rsidP="00133813">
+    <w:p w14:paraId="4975DC6A" w14:textId="74CF86C2" w:rsidR="009151E7" w:rsidRPr="007053A8" w:rsidRDefault="009151E7" w:rsidP="00133813">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Below you’ll find a template designed to help line managers provide new </w:t>
       </w:r>
       <w:r w:rsidR="00365387" w:rsidRPr="007053A8">
@@ -203,123 +204,191 @@
         </w:rPr>
         <w:t xml:space="preserve">. Please consider this as a flexible guide and feel free to tailor and adapt it to best meet the unique needs of each new team member. </w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Customi</w:t>
       </w:r>
       <w:r w:rsidR="00216DC1" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="007053A8">
+      <w:r w:rsidR="00CB1E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">ing these sections allows you to tailor the first week to the unique needs of every new </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00002EA2" w:rsidRPr="007053A8">
+        <w:t>ation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>staff member</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007053A8">
+        <w:t xml:space="preserve"> allows you to tailor the first week to the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>, helping them feel welcomed, informed, and connected from day one.</w:t>
+        <w:t xml:space="preserve"> new staff </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB1E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>members</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007053A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unique needs, </w:t>
+      </w:r>
+      <w:r w:rsidR="0080160B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007053A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r w:rsidR="0080160B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007053A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>them feel welcomed, informed, and connected from day one.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18191A21" w14:textId="77777777" w:rsidR="004F0FF3" w:rsidRPr="007053A8" w:rsidRDefault="004F0FF3" w:rsidP="00133813">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4995B77B" w14:textId="160C22A2" w:rsidR="009151E7" w:rsidRPr="007053A8" w:rsidRDefault="009151E7" w:rsidP="00133813">
+    <w:p w14:paraId="4995B77B" w14:textId="160C22A2" w:rsidR="009151E7" w:rsidRPr="00DE216C" w:rsidRDefault="009151E7" w:rsidP="00133813">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007053A8">
+      <w:r w:rsidRPr="00DE216C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>How to Use the Template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66BB3DB9" w14:textId="5EE92778" w:rsidR="007219EF" w:rsidRPr="007053A8" w:rsidRDefault="009151E7" w:rsidP="007219EF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
@@ -593,101 +662,101 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>initial training.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F5FF664" w14:textId="77777777" w:rsidR="00D562A9" w:rsidRPr="007053A8" w:rsidRDefault="00D562A9" w:rsidP="00D562A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34C87F0C" w14:textId="7C6AFC5A" w:rsidR="009151E7" w:rsidRPr="007053A8" w:rsidRDefault="009151E7" w:rsidP="00D562A9">
+    <w:p w14:paraId="34C87F0C" w14:textId="7C6AFC5A" w:rsidR="009151E7" w:rsidRPr="00DE216C" w:rsidRDefault="009151E7" w:rsidP="00D562A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007053A8">
+      <w:r w:rsidRPr="00DE216C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">During this week, new </w:t>
       </w:r>
-      <w:r w:rsidR="00365387" w:rsidRPr="007053A8">
+      <w:r w:rsidR="00365387" w:rsidRPr="00DE216C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>staff members</w:t>
       </w:r>
-      <w:r w:rsidRPr="007053A8">
+      <w:r w:rsidRPr="00DE216C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> will:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CACEC6" w14:textId="4A1EFBFE" w:rsidR="005417A5" w:rsidRPr="007053A8" w:rsidRDefault="005417A5" w:rsidP="000E492E">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
@@ -858,68 +927,68 @@
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Begin accessing the tools, systems, and resources they need to perform effectively.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DE3D7A" w14:textId="6694B2FF" w:rsidR="005A55B6" w:rsidRPr="007053A8" w:rsidRDefault="00044007" w:rsidP="00133813">
+    <w:p w14:paraId="55DE3D7A" w14:textId="6694B2FF" w:rsidR="005A55B6" w:rsidRPr="00DE216C" w:rsidRDefault="00044007" w:rsidP="00133813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007053A8">
+          <w:color w:val="003C64"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE216C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tips</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C29EAD8" w14:textId="44ACF707" w:rsidR="00476B28" w:rsidRPr="007053A8" w:rsidRDefault="00476B28" w:rsidP="00A66B33">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -1045,63 +1114,69 @@
       <w:r w:rsidR="00142A90" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to assist in setting up their computer</w:t>
       </w:r>
       <w:r w:rsidR="001B473D" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Refer to the </w:t>
       </w:r>
       <w:r w:rsidR="00A94FA2" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00A94FA2" w:rsidRPr="007053A8">
+        <w:r w:rsidR="00A94FA2" w:rsidRPr="00B72518">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="003C64"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ICTS Guide for Staff</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A94FA2" w:rsidRPr="007053A8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A94FA2" w:rsidRPr="00B72518">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="003C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E474F" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>for more information</w:t>
       </w:r>
       <w:r w:rsidR="00C84828" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and include in the Welcome Pack</w:t>
       </w:r>
       <w:r w:rsidR="00A94FA2" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -1219,57 +1294,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086073C" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ensure that the</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="0086073C" w:rsidRPr="007053A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="0086073C" w:rsidRPr="007053A8">
+        <w:r w:rsidR="0086073C" w:rsidRPr="00DE216C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="002060"/>
+            <w:color w:val="003C64"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>90-Day Integration Plan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E01DB1" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is ready to share with the new staff member at the end of their first week.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD27088" w14:textId="77777777" w:rsidR="009C7D95" w:rsidRDefault="009C7D95" w:rsidP="000A4DF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62D2CA6E" w14:textId="77777777" w:rsidR="007053A8" w:rsidRDefault="007053A8" w:rsidP="000A4DF6">
@@ -1286,81 +1361,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="266C2E84" w14:textId="77777777" w:rsidR="007053A8" w:rsidRDefault="007053A8" w:rsidP="000A4DF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23D591D7" w14:textId="77777777" w:rsidR="007053A8" w:rsidRDefault="007053A8" w:rsidP="000A4DF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BB103BE" w14:textId="1487E347" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="000A4DF6">
+    <w:p w14:paraId="0BB103BE" w14:textId="50ED0F6C" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="000A4DF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Dear [Ne</w:t>
       </w:r>
       <w:r w:rsidR="009D59ED" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>w staff member</w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s Name],</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1587D" w:rsidRPr="00D1587D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFB87D0" w14:textId="2AC2DA31" w:rsidR="00AD383E" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="000A4DF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Welcome to </w:t>
       </w:r>
       <w:r w:rsidR="000B0F1D" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[Faculty/</w:t>
@@ -1463,79 +1545,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Where to arrive:</w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Insert specific building/office name and room number or reception area]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F814EC" w14:textId="77777777" w:rsidR="00316458" w:rsidRPr="007053A8" w:rsidRDefault="00316458" w:rsidP="00316458">
+    <w:p w14:paraId="48F814EC" w14:textId="13845684" w:rsidR="00316458" w:rsidRPr="007053A8" w:rsidRDefault="00316458" w:rsidP="00316458">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Temporary parking:</w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Insert information about visitor or temporary parking options, including location and any permits or passes required]</w:t>
+        <w:t xml:space="preserve"> [Insert information about visitor or temporary parking options, including location</w:t>
+      </w:r>
+      <w:r w:rsidR="009005E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/maps </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007053A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and any permits or passes required]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0856CFBE" w14:textId="05B9B34A" w:rsidR="00AD383E" w:rsidRPr="007053A8" w:rsidRDefault="00316458" w:rsidP="000A4DF6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Point of contact on arrival:</w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
@@ -1650,90 +1748,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Day 1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="1989"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="6F41CF04" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="6F41CF04" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65DD20D7" w14:textId="684BBE4A" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="0084667D">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Welcome and Orientation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC537B" w:rsidRPr="007053A8" w14:paraId="33223239" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="00FC537B" w:rsidRPr="007053A8" w14:paraId="33223239" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AAFB068" w14:textId="77777777" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1801,51 +1904,51 @@
           </w:tcPr>
           <w:p w14:paraId="57A013BE" w14:textId="1BA420E7" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="00196D2B" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>[Insert venue]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="6297A77C" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="6297A77C" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41ED7226" w14:textId="77777777" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">09:30 – 10:00 </w:t>
             </w:r>
           </w:p>
@@ -1911,97 +2014,99 @@
               <w:t>health and safety</w:t>
             </w:r>
             <w:r w:rsidR="00FC5B7B" w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> brief</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D40F38C" w14:textId="3A7C585D" w:rsidR="00C932B5" w:rsidRPr="007053A8" w:rsidRDefault="00C932B5" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="007053A8">
+              <w:r w:rsidRPr="00534AC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>UCT</w:t>
               </w:r>
-              <w:r w:rsidR="001845ED" w:rsidRPr="007053A8">
+              <w:r w:rsidR="001845ED" w:rsidRPr="00534AC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Safety Induction Video</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FCC103C" w14:textId="77777777" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC537B" w:rsidRPr="007053A8" w14:paraId="2337F0E8" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="00FC537B" w:rsidRPr="007053A8" w14:paraId="2337F0E8" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F012A25" w14:textId="2D639ADD" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2064,51 +2169,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Department overview and team introductions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06DB3975" w14:textId="77777777" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="1CE73327" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="1CE73327" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63ECA0B6" w14:textId="4E8FB62B" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00A8702C" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10:00 – 11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2134,51 +2239,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Overview of your role, responsibilities, and initial projects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="768D118D" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="01343140" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="01343140" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3421BEFC" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2191,169 +2296,174 @@
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA8A710" w14:textId="52233474" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve">Access Card and ICT setup (computer, email, access cards) </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="00B54B67" w:rsidRPr="007053A8">
+              <w:r w:rsidR="00B54B67" w:rsidRPr="00534AC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>ICT Services at UCT</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00B54B67" w:rsidRPr="007053A8">
+            <w:r w:rsidR="00B54B67" w:rsidRPr="00534AC3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C64"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B54B67" w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00B54B67" w:rsidRPr="007053A8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="00FE1DAA" w:rsidRPr="007053A8">
+              <w:r w:rsidR="00FE1DAA" w:rsidRPr="00534AC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ICT Checklist </w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FE1DAA" w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve">| </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="00FE1DAA" w:rsidRPr="007053A8">
+              <w:r w:rsidR="00FE1DAA" w:rsidRPr="00534AC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>ICT Guide</w:t>
               </w:r>
-              <w:r w:rsidR="00DE5BB6" w:rsidRPr="007053A8">
+              <w:r w:rsidR="00DE5BB6" w:rsidRPr="00534AC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:color w:val="003C64"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> for Staff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A1DB84D" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="5D2B00B2" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="5D2B00B2" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A521E78" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12:00 – 13:00 </w:t>
             </w:r>
           </w:p>
@@ -2383,51 +2493,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Lunch break (informal team lunch)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6654C589" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="179F4D6E" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="179F4D6E" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55C68408" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2485,51 +2595,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>n on Conditions of Service and Private Work Policy (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682CBEC4" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="6335BA86" w14:textId="77777777" w:rsidTr="0084667D">
+      <w:tr w:rsidR="00C66C12" w:rsidRPr="007053A8" w14:paraId="6335BA86" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="556A41D6" w14:textId="77777777" w:rsidR="00C66C12" w:rsidRPr="007053A8" w:rsidRDefault="00C66C12" w:rsidP="0084667D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">15:00 – 16:00  </w:t>
             </w:r>
           </w:p>
@@ -2607,88 +2717,93 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Day 2 – </w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="1933"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="137CCC71" w14:textId="77777777" w:rsidTr="005D7BE2">
+      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="137CCC71" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6BF0E48C" w14:textId="7C55C34C" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Getting to Know UCT and Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="428B58D9" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="000A4DF6" w:rsidRPr="007053A8" w14:paraId="428B58D9" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35BBCF03" w14:textId="24CE0EC6" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2754,51 +2869,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> session (campus culture, values, services)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3022CFD1" w14:textId="77777777" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="07861E74" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="07861E74" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76DC4C97" w14:textId="609B9D6B" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10:30 – 11:00 </w:t>
             </w:r>
           </w:p>
@@ -2827,51 +2942,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Break</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B2863B6" w14:textId="77777777" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="009C35BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="234A10D2" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="234A10D2" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F4AF9D2" w14:textId="38F89196" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2903,51 +3018,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Introduction to key systems and tools you’ll be using</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DBFD48D" w14:textId="77777777" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="009C35BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="4A26F176" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="4A26F176" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30459B6D" w14:textId="77777777" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12:00 – 13:00 </w:t>
             </w:r>
           </w:p>
@@ -2976,51 +3091,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Lunch break</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="377CCF3C" w14:textId="77777777" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="009C35BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="1A40E6CB" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="1A40E6CB" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="530A0C57" w14:textId="77777777" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3061,51 +3176,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Induction Facilitator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D6F84A7" w14:textId="77777777" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="009C35BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="774F60DD" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="009C35BE" w:rsidRPr="007053A8" w14:paraId="774F60DD" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46E2B158" w14:textId="77777777" w:rsidR="009C35BE" w:rsidRPr="007053A8" w:rsidRDefault="009C35BE" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">15:00 – 16:00  </w:t>
             </w:r>
           </w:p>
@@ -3214,106 +3329,112 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CD75C2A" w14:textId="7D611FEB" w:rsidR="000A4DF6" w:rsidRPr="007053A8" w:rsidRDefault="000A4DF6" w:rsidP="00490126">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Day 3 – </w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="1933"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="208D2E71" w14:textId="77777777" w:rsidTr="00490126">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="208D2E71" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5F10BF71" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Building Connections and Understanding Culture</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="301A7A89" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="301A7A89" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633B571A" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3390,51 +3511,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>meeting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1047DDF3" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="2BB809AF" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="2BB809AF" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02DBA9A6" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10:30 – 11:00 </w:t>
             </w:r>
           </w:p>
@@ -3463,51 +3584,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Networking coffee with colleagues from related units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ABDBAE8" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="20207CB7" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="20207CB7" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E584947" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3539,51 +3660,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Workshop on UCT’s values, diversity, and inclusion initiatives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17FEAC30" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="7F19B1A1" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="7F19B1A1" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="195D32B4" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12:00 – 13:00 </w:t>
             </w:r>
           </w:p>
@@ -3621,51 +3742,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> break</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62FC2B65" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="386E9879" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="386E9879" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17C07BEE" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3697,51 +3818,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Continue working on tasks and projects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="313AD0F2" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="10C9E379" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="10C9E379" w14:textId="77777777" w:rsidTr="00720AA1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05DC3B84" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">15:00 – 16:00  </w:t>
             </w:r>
           </w:p>
@@ -3825,88 +3946,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Day 4 – </w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="1933"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="113D82E2" w14:textId="77777777" w:rsidTr="00490126">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="113D82E2" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4C91D24C" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Role-Specific Training and Integration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="509BD713" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="509BD713" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FD2C056" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3938,51 +4067,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Training on [specific software/process relevant to role]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CCC9C79" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="6C76DA7C" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="6C76DA7C" w14:textId="77777777" w:rsidTr="00280C59">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0596DD55" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10:30 – 11:00 </w:t>
             </w:r>
           </w:p>
@@ -4011,51 +4140,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Break</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F19664F" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="10CF99E4" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="10CF99E4" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A8B591" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4087,51 +4216,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Shadowing a team member or attending relevant meetings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B4C7FCD" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="43E69BF5" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="43E69BF5" w14:textId="77777777" w:rsidTr="00280C59">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="074F7F12" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12:00 – 13:00 </w:t>
             </w:r>
           </w:p>
@@ -4169,51 +4298,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> break</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69B79BF3" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="25A6CD3C" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="25A6CD3C" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00F9E850" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4245,51 +4374,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Independent work on initial assignments with support available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B84831C" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="00F22044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="6ED221E1" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00994B90" w:rsidRPr="007053A8" w14:paraId="6ED221E1" w14:textId="77777777" w:rsidTr="00280C59">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B1C4301" w14:textId="77777777" w:rsidR="00994B90" w:rsidRPr="007053A8" w:rsidRDefault="00994B90" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">15:00 – 16:00  </w:t>
             </w:r>
           </w:p>
@@ -4364,88 +4493,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Day 5 – </w:t>
       </w:r>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[Date]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent4"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="1933"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="0F8442C6" w14:textId="77777777" w:rsidTr="00490126">
+      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="0F8442C6" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5135943A" w14:textId="3A1C114A" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="00F22044">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Review and Planning Ahead</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="7EF03024" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="7EF03024" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60026744" w14:textId="51FCF860" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4479,51 +4616,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>One-on-one meeting with line manager: feedback, questions, and next steps</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61290D4D" w14:textId="77777777" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="00612CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="0E0C91DD" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="0E0C91DD" w14:textId="77777777" w:rsidTr="00280C59">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F73C7DE" w14:textId="313F9C29" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10:00 – 12:00 </w:t>
             </w:r>
           </w:p>
@@ -4576,51 +4713,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>e any outstanding onboarding tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39B91FFA" w14:textId="77777777" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="00612CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="2A8DA9D1" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="2A8DA9D1" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13448F2C" w14:textId="39D280E7" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4665,51 +4802,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> break</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40EBA109" w14:textId="77777777" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="00612CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="6495AE8F" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="6495AE8F" w14:textId="77777777" w:rsidTr="00280C59">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17B87EB6" w14:textId="426EFFE1" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">13:00 – 15:00 </w:t>
             </w:r>
           </w:p>
@@ -4740,51 +4877,51 @@
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Begin working independently on assigned projects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E913B1D" w14:textId="77777777" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="00612CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="5CFEBF04" w14:textId="77777777" w:rsidTr="004400FF">
+      <w:tr w:rsidR="00612CF6" w:rsidRPr="007053A8" w14:paraId="5CFEBF04" w14:textId="77777777" w:rsidTr="00280C59">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D569AC9" w14:textId="08EFDB40" w:rsidR="00612CF6" w:rsidRPr="007053A8" w:rsidRDefault="00612CF6" w:rsidP="004400FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007053A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4926,85 +5063,103 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[Contact Details]</w:t>
       </w:r>
       <w:r w:rsidR="003962D7" w:rsidRPr="007053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3405A1F9" w14:textId="36121732" w:rsidR="007779B5" w:rsidRPr="007053A8" w:rsidRDefault="007779B5">
+    <w:p w14:paraId="3405A1F9" w14:textId="36121732" w:rsidR="007779B5" w:rsidRDefault="007779B5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007779B5" w:rsidRPr="007053A8" w:rsidSect="000E0235">
+    <w:p w14:paraId="2761C8C8" w14:textId="77777777" w:rsidR="007F3243" w:rsidRDefault="007F3243">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="270945AD" w14:textId="5871A734" w:rsidR="007F3243" w:rsidRPr="007053A8" w:rsidRDefault="007F3243">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007F3243" w:rsidRPr="007053A8" w:rsidSect="000E0235">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22BDE17C" w14:textId="77777777" w:rsidR="000273B1" w:rsidRDefault="000273B1" w:rsidP="007F3553">
+    <w:p w14:paraId="2369535B" w14:textId="77777777" w:rsidR="003E3CA8" w:rsidRDefault="003E3CA8" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="720FB871" w14:textId="77777777" w:rsidR="000273B1" w:rsidRDefault="000273B1" w:rsidP="007F3553">
+    <w:p w14:paraId="5D3876DB" w14:textId="77777777" w:rsidR="003E3CA8" w:rsidRDefault="003E3CA8" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5021,90 +5176,97 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Emoji">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A08265E" w14:textId="40ECEE3D" w:rsidR="007F3553" w:rsidRDefault="003A38A9" w:rsidP="00C03C38">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="6480"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                          </w:t>
     </w:r>
     <w:r w:rsidR="00C03C38">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14E6FEA3" w14:textId="77777777" w:rsidR="000273B1" w:rsidRDefault="000273B1" w:rsidP="007F3553">
+    <w:p w14:paraId="307C1CBE" w14:textId="77777777" w:rsidR="003E3CA8" w:rsidRDefault="003E3CA8" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F13A84C" w14:textId="77777777" w:rsidR="000273B1" w:rsidRDefault="000273B1" w:rsidP="007F3553">
+    <w:p w14:paraId="300226E6" w14:textId="77777777" w:rsidR="003E3CA8" w:rsidRDefault="003E3CA8" w:rsidP="007F3553">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5F24DEDA" w14:textId="54BD167C" w:rsidR="009F6D8C" w:rsidRDefault="009F6D8C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="2C7FCE" w:themeColor="text2" w:themeTint="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -6063,173 +6225,188 @@
     <w:rsid w:val="000D58FE"/>
     <w:rsid w:val="000E0235"/>
     <w:rsid w:val="000E492E"/>
     <w:rsid w:val="00133813"/>
     <w:rsid w:val="00142A90"/>
     <w:rsid w:val="00170CCE"/>
     <w:rsid w:val="00177326"/>
     <w:rsid w:val="001845ED"/>
     <w:rsid w:val="001948C0"/>
     <w:rsid w:val="00196D2B"/>
     <w:rsid w:val="001B27E3"/>
     <w:rsid w:val="001B2A00"/>
     <w:rsid w:val="001B473D"/>
     <w:rsid w:val="001B7476"/>
     <w:rsid w:val="001C7690"/>
     <w:rsid w:val="001E474F"/>
     <w:rsid w:val="001E6179"/>
     <w:rsid w:val="001F1385"/>
     <w:rsid w:val="00207221"/>
     <w:rsid w:val="00216DC1"/>
     <w:rsid w:val="00236D93"/>
     <w:rsid w:val="002434AA"/>
     <w:rsid w:val="002576DB"/>
     <w:rsid w:val="00277576"/>
     <w:rsid w:val="00277E01"/>
+    <w:rsid w:val="00280C59"/>
     <w:rsid w:val="002A3B25"/>
     <w:rsid w:val="002C7B65"/>
     <w:rsid w:val="002F5DF2"/>
     <w:rsid w:val="003145E5"/>
     <w:rsid w:val="00316458"/>
     <w:rsid w:val="0032437C"/>
     <w:rsid w:val="003318B6"/>
     <w:rsid w:val="00365387"/>
     <w:rsid w:val="003962D7"/>
     <w:rsid w:val="003A38A9"/>
     <w:rsid w:val="003C21BE"/>
+    <w:rsid w:val="003E3CA8"/>
     <w:rsid w:val="00414FAB"/>
     <w:rsid w:val="004152B6"/>
     <w:rsid w:val="00425295"/>
     <w:rsid w:val="004261A1"/>
     <w:rsid w:val="004400FF"/>
     <w:rsid w:val="00455017"/>
     <w:rsid w:val="004651B2"/>
     <w:rsid w:val="00466310"/>
     <w:rsid w:val="00467054"/>
     <w:rsid w:val="00476B28"/>
     <w:rsid w:val="00490126"/>
     <w:rsid w:val="004A7493"/>
     <w:rsid w:val="004F0FF3"/>
     <w:rsid w:val="0050229B"/>
     <w:rsid w:val="00526D2A"/>
+    <w:rsid w:val="00534AC3"/>
     <w:rsid w:val="005417A5"/>
     <w:rsid w:val="00545740"/>
     <w:rsid w:val="00552203"/>
     <w:rsid w:val="005A55B6"/>
     <w:rsid w:val="005D7BE2"/>
     <w:rsid w:val="005E24A8"/>
     <w:rsid w:val="00612CF6"/>
     <w:rsid w:val="00615B3F"/>
     <w:rsid w:val="006967F6"/>
     <w:rsid w:val="0069743E"/>
     <w:rsid w:val="006B39FB"/>
     <w:rsid w:val="006C67A5"/>
     <w:rsid w:val="006D75EF"/>
     <w:rsid w:val="006E098A"/>
     <w:rsid w:val="007053A8"/>
     <w:rsid w:val="007146A5"/>
+    <w:rsid w:val="00720AA1"/>
     <w:rsid w:val="00720C77"/>
     <w:rsid w:val="007219EF"/>
+    <w:rsid w:val="007326E5"/>
     <w:rsid w:val="007779B5"/>
     <w:rsid w:val="007E00E3"/>
     <w:rsid w:val="007E4138"/>
     <w:rsid w:val="007F251A"/>
+    <w:rsid w:val="007F3243"/>
     <w:rsid w:val="007F3553"/>
+    <w:rsid w:val="0080160B"/>
     <w:rsid w:val="00804D64"/>
     <w:rsid w:val="0080653B"/>
     <w:rsid w:val="008405EC"/>
     <w:rsid w:val="0084667D"/>
     <w:rsid w:val="00855002"/>
     <w:rsid w:val="0086073C"/>
     <w:rsid w:val="00890469"/>
     <w:rsid w:val="008C7B79"/>
     <w:rsid w:val="008E0BCE"/>
     <w:rsid w:val="008F6866"/>
+    <w:rsid w:val="009005E3"/>
     <w:rsid w:val="009102C5"/>
     <w:rsid w:val="0091304F"/>
     <w:rsid w:val="009151E7"/>
     <w:rsid w:val="00947D45"/>
     <w:rsid w:val="00982B11"/>
     <w:rsid w:val="009853FF"/>
     <w:rsid w:val="0098715A"/>
     <w:rsid w:val="00994B90"/>
     <w:rsid w:val="009C35BE"/>
     <w:rsid w:val="009C7D95"/>
     <w:rsid w:val="009D59ED"/>
     <w:rsid w:val="009F6D8C"/>
     <w:rsid w:val="00A11846"/>
     <w:rsid w:val="00A14C69"/>
     <w:rsid w:val="00A25653"/>
     <w:rsid w:val="00A473A1"/>
     <w:rsid w:val="00A56C49"/>
     <w:rsid w:val="00A56E5B"/>
     <w:rsid w:val="00A66B33"/>
     <w:rsid w:val="00A8702C"/>
     <w:rsid w:val="00A94FA2"/>
     <w:rsid w:val="00AA3858"/>
     <w:rsid w:val="00AC76BC"/>
     <w:rsid w:val="00AD289A"/>
     <w:rsid w:val="00AD383E"/>
     <w:rsid w:val="00AD49D6"/>
     <w:rsid w:val="00AF4CA2"/>
     <w:rsid w:val="00B41D29"/>
     <w:rsid w:val="00B54B67"/>
+    <w:rsid w:val="00B72518"/>
     <w:rsid w:val="00B83601"/>
     <w:rsid w:val="00BF7EEE"/>
     <w:rsid w:val="00C03C38"/>
     <w:rsid w:val="00C27FA4"/>
     <w:rsid w:val="00C40ECA"/>
     <w:rsid w:val="00C563D4"/>
     <w:rsid w:val="00C62255"/>
     <w:rsid w:val="00C65AE8"/>
     <w:rsid w:val="00C66C12"/>
     <w:rsid w:val="00C71F9D"/>
     <w:rsid w:val="00C84828"/>
     <w:rsid w:val="00C84BC9"/>
     <w:rsid w:val="00C932B5"/>
     <w:rsid w:val="00C97D9B"/>
+    <w:rsid w:val="00CB1E82"/>
     <w:rsid w:val="00D006BD"/>
+    <w:rsid w:val="00D1587D"/>
     <w:rsid w:val="00D21F26"/>
     <w:rsid w:val="00D52EE9"/>
     <w:rsid w:val="00D562A9"/>
     <w:rsid w:val="00D57752"/>
     <w:rsid w:val="00D82B57"/>
     <w:rsid w:val="00D86A4C"/>
+    <w:rsid w:val="00D912A6"/>
+    <w:rsid w:val="00DC2531"/>
     <w:rsid w:val="00DD0904"/>
     <w:rsid w:val="00DE0DF9"/>
+    <w:rsid w:val="00DE216C"/>
     <w:rsid w:val="00DE5BB6"/>
     <w:rsid w:val="00DF7655"/>
     <w:rsid w:val="00E01DB1"/>
     <w:rsid w:val="00E1003C"/>
     <w:rsid w:val="00E124EB"/>
     <w:rsid w:val="00E22C18"/>
     <w:rsid w:val="00E24889"/>
     <w:rsid w:val="00E404A5"/>
     <w:rsid w:val="00E43D63"/>
     <w:rsid w:val="00E613F1"/>
     <w:rsid w:val="00E85077"/>
     <w:rsid w:val="00E910C5"/>
+    <w:rsid w:val="00EB49E2"/>
     <w:rsid w:val="00EB5000"/>
     <w:rsid w:val="00EC32E8"/>
     <w:rsid w:val="00ED3713"/>
     <w:rsid w:val="00ED699B"/>
     <w:rsid w:val="00EF5F30"/>
     <w:rsid w:val="00EF767C"/>
     <w:rsid w:val="00F43CC7"/>
     <w:rsid w:val="00F53ED6"/>
     <w:rsid w:val="00FB654B"/>
     <w:rsid w:val="00FC537B"/>
     <w:rsid w:val="00FC5B7B"/>
     <w:rsid w:val="00FD1246"/>
     <w:rsid w:val="00FE1DAA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -6833,51 +7010,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000A4DF6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -8015,69 +8191,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1190</Words>
-  <Characters>5690</Characters>
+  <Words>1050</Words>
+  <Characters>5817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>153</Lines>
-  <Paragraphs>89</Paragraphs>
+  <Lines>215</Lines>
+  <Paragraphs>149</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6791</CharactersWithSpaces>
+  <CharactersWithSpaces>6718</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cherise Llewellyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>