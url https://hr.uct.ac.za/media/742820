--- v0 (2025-11-11)
+++ v1 (2025-12-07)
@@ -9,231 +9,229 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3B94C48F" w14:textId="3502063B" w:rsidR="008A3835" w:rsidRPr="002260B8" w:rsidRDefault="008A3835" w:rsidP="00B16E03">
+    <w:p w14:paraId="3B94C48F" w14:textId="3502063B" w:rsidR="008A3835" w:rsidRPr="0054315B" w:rsidRDefault="008A3835" w:rsidP="00B16E03">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="52"/>
         </w:rPr>
         <w:t>UCT</w:t>
       </w:r>
-      <w:r w:rsidR="00EF5425" w:rsidRPr="002260B8">
+      <w:r w:rsidR="00EF5425" w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Employee</w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> Onboarding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7C500D" w14:textId="77777777" w:rsidR="009B3328" w:rsidRPr="002260B8" w:rsidRDefault="008A3835" w:rsidP="009B3328">
+    <w:p w14:paraId="7D7C500D" w14:textId="77777777" w:rsidR="009B3328" w:rsidRPr="0054315B" w:rsidRDefault="008A3835" w:rsidP="009B3328">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="0054315B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
-      <w:r w:rsidR="004A4311" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidR="004A4311" w:rsidRPr="0054315B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="0054315B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Day</w:t>
       </w:r>
-      <w:r w:rsidR="004A4311" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidR="004A4311" w:rsidRPr="0054315B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> Integration</w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="0054315B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261B0580" w14:textId="77777777" w:rsidR="009B3328" w:rsidRDefault="009B3328" w:rsidP="009B3328">
+    <w:p w14:paraId="0E311A0D" w14:textId="77777777" w:rsidR="007678FD" w:rsidRPr="0054315B" w:rsidRDefault="007678FD" w:rsidP="009B3328">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BD59A8B" w14:textId="77777777" w:rsidR="009B3328" w:rsidRPr="002260B8" w:rsidRDefault="00E27FC2" w:rsidP="009B3328">
+    <w:p w14:paraId="5BD59A8B" w14:textId="46463376" w:rsidR="009B3328" w:rsidRPr="0054315B" w:rsidRDefault="00E27FC2" w:rsidP="009B3328">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002260B8">
+          <w:color w:val="003C69"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="004025C5" w:rsidRPr="002260B8">
+      <w:r w:rsidR="004025C5" w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nstructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79759F19" w14:textId="30A38FC5" w:rsidR="009B3328" w:rsidRPr="002260B8" w:rsidRDefault="0080012C" w:rsidP="009B3328">
+    <w:p w14:paraId="79759F19" w14:textId="57CCE75C" w:rsidR="009B3328" w:rsidRPr="002260B8" w:rsidRDefault="0080012C" w:rsidP="009B3328">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Below you’ll find a template designed to help line managers efficiently </w:t>
+        <w:t xml:space="preserve">Below you’ll find a template designed to help line managers efficiently onboard </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B07675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>onboard</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> new </w:t>
+        <w:t xml:space="preserve">new </w:t>
       </w:r>
       <w:r w:rsidR="007571FD" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">staff </w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>members</w:t>
       </w:r>
       <w:r w:rsidR="000F4A7F" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -274,149 +272,131 @@
         </w:rPr>
         <w:t xml:space="preserve">Sections highlighted in yellow are </w:t>
       </w:r>
       <w:r w:rsidR="009A5467" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">sample activities. </w:t>
       </w:r>
       <w:r w:rsidR="00FE36FF" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">lease replace these with details specific to each </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you to create a personali</w:t>
+        <w:t>lease replace these with details specific to each you to create a personali</w:t>
       </w:r>
       <w:r w:rsidR="0066559F" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ed onboarding exp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7970490F" w14:textId="4688641E" w:rsidR="0080012C" w:rsidRPr="002260B8" w:rsidRDefault="0080012C" w:rsidP="009B3328">
+    <w:p w14:paraId="7970490F" w14:textId="4688641E" w:rsidR="0080012C" w:rsidRPr="0054315B" w:rsidRDefault="0080012C" w:rsidP="009B3328">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002260B8">
+          <w:color w:val="003C69"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">How to </w:t>
       </w:r>
-      <w:r w:rsidR="005232C1" w:rsidRPr="002260B8">
+      <w:r w:rsidR="005232C1" w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">se the </w:t>
       </w:r>
-      <w:r w:rsidR="005232C1" w:rsidRPr="002260B8">
+      <w:r w:rsidR="005232C1" w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>emplate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C1C594" w14:textId="7891498D" w:rsidR="007A7627" w:rsidRPr="002260B8" w:rsidRDefault="0080012C" w:rsidP="007A7627">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
@@ -540,78 +520,78 @@
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a week after their start date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F4A7993" w14:textId="77777777" w:rsidR="007A7627" w:rsidRPr="002260B8" w:rsidRDefault="007A7627" w:rsidP="00D03B95">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CE021CA" w14:textId="4207DD1A" w:rsidR="007B4316" w:rsidRPr="002260B8" w:rsidRDefault="007B4316" w:rsidP="009B71B4">
+    <w:p w14:paraId="3CE021CA" w14:textId="2CF0A9B2" w:rsidR="007B4316" w:rsidRPr="002260B8" w:rsidRDefault="007B4316" w:rsidP="009B71B4">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="005D658F" w:rsidRPr="002260B8">
+        <w:r w:rsidR="005D658F" w:rsidRPr="0054315B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="002060"/>
+            <w:color w:val="003C69"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>90-Day Integration Plan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> provides a structured and time-bound roadmap to support the initial training and integration of new staff members at UCT. Rooted in the understanding that the first three months are critical for establishing role clarity, building relationships, and forming productive habits, this plan enables line managers and new staff to collaboratively set SMART goals (Specific, Measurable, Achievable, Relevant, Time-bound), identify early learning opportunities, and track progress through regular check-ins.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A1BEF0" w14:textId="77777777" w:rsidR="00DB4841" w:rsidRPr="002260B8" w:rsidRDefault="00DB4841" w:rsidP="003E3E2F">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -737,266 +717,297 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="006E2036" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>oals for each phase</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable3"/>
         <w:tblW w:w="10480" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="30206B" w:themeColor="text1"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2306"/>
         <w:gridCol w:w="2306"/>
         <w:gridCol w:w="2896"/>
         <w:gridCol w:w="2972"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="7D441B42" w14:textId="77777777" w:rsidTr="007501A3">
+      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="7D441B42" w14:textId="77777777" w:rsidTr="0054315B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="003C69"/>
           </w:tcPr>
           <w:p w14:paraId="645C8617" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="00095320">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Timeframe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2306" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="003C69"/>
           </w:tcPr>
           <w:p w14:paraId="4C910AAE" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="00095320">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Focus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="003C69"/>
           </w:tcPr>
           <w:p w14:paraId="73538562" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="00095320">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Actions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="003C69"/>
           </w:tcPr>
           <w:p w14:paraId="6630E813" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="00095320">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="29F00C4D" w14:textId="77777777" w:rsidTr="007501A3">
+      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="29F00C4D" w14:textId="77777777" w:rsidTr="0054315B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D6A492" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First 30 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D74369B" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Learning &amp; Orientation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E5F8951" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Complete compliance training, attend department meetings, shadow colleagues, use checklists, and explore institutional tools (e.g., HR portals).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="022393F7" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Staff member feels confident navigating UCT’s systems and understands their role’s impact on institutional objectives.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="4F2EF992" w14:textId="77777777" w:rsidTr="007501A3">
+      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="4F2EF992" w14:textId="77777777" w:rsidTr="0054315B">
         <w:trPr>
           <w:trHeight w:val="1696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7914A7D5" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31–60 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2306" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1046,196 +1057,258 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60EF1614" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Staff member begins to take ownership, identify process improvements, and build relationships across UCT’s ecosystem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="38CB260A" w14:textId="77777777" w:rsidTr="007501A3">
+      <w:tr w:rsidR="00B90D9C" w:rsidRPr="002260B8" w14:paraId="38CB260A" w14:textId="77777777" w:rsidTr="0054315B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1678"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58293CFD" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>61–90 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4115A5C7" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Independence &amp; Goal Achievement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7685A466" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lead projects independently, contribute to team goals, participate in Vision 2030 initiatives, and attend feedback sessions to refine performance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0000C67C" w14:textId="77777777" w:rsidR="00B90D9C" w:rsidRPr="002260B8" w:rsidRDefault="00B90D9C" w:rsidP="007501A3">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Staff member operates autonomously, meets key performance metrics, and actively supports UCT’s strategic priorities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7451F0AB" w14:textId="77777777" w:rsidR="00D61724" w:rsidRPr="002260B8" w:rsidRDefault="00D61724" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="30206B" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="215A4D15" w14:textId="77777777" w:rsidR="006D2A59" w:rsidRPr="002260B8" w:rsidRDefault="006D2A59" w:rsidP="00A77386">
+    <w:p w14:paraId="215A4D15" w14:textId="77777777" w:rsidR="006D2A59" w:rsidRDefault="006D2A59" w:rsidP="00A77386">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5278A262" w14:textId="42ADD1E6" w:rsidR="00A77386" w:rsidRPr="002260B8" w:rsidRDefault="00A77386" w:rsidP="00A77386">
+    <w:p w14:paraId="7AC1DF91" w14:textId="77777777" w:rsidR="005E686D" w:rsidRDefault="005E686D" w:rsidP="00A77386">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01FB813B" w14:textId="77777777" w:rsidR="005E686D" w:rsidRDefault="005E686D" w:rsidP="00A77386">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229B4BA5" w14:textId="77777777" w:rsidR="005E686D" w:rsidRDefault="005E686D" w:rsidP="00A77386">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A2CED7" w14:textId="77777777" w:rsidR="005E686D" w:rsidRPr="002260B8" w:rsidRDefault="005E686D" w:rsidP="00A77386">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5278A262" w14:textId="42ADD1E6" w:rsidR="00A77386" w:rsidRPr="002260B8" w:rsidRDefault="00A77386" w:rsidP="00A77386">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The plan should be a collaborative effort between you and the new staff member. It can include a variety of activities such as: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FA7592" w14:textId="77777777" w:rsidR="00A77386" w:rsidRPr="002260B8" w:rsidRDefault="00A77386" w:rsidP="00A77386">
+    <w:p w14:paraId="78FA7592" w14:textId="4C9A8424" w:rsidR="00A77386" w:rsidRPr="002260B8" w:rsidRDefault="00A77386" w:rsidP="00A77386">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Informal on</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
@@ -1250,51 +1323,69 @@
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‐</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>job training – job shadowing, job rotation, task simulations</w:t>
+        <w:t xml:space="preserve">job training </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>such as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002260B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> job shadowing, job rotation, task simulations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7D586D" w14:textId="77777777" w:rsidR="00A77386" w:rsidRPr="002260B8" w:rsidRDefault="00A77386" w:rsidP="00A77386">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1328,51 +1419,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="310845E1" w14:textId="4D405F65" w:rsidR="00A77386" w:rsidRPr="002260B8" w:rsidRDefault="00A77386" w:rsidP="00A77386">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Self</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‐</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>study activities – Policies</w:t>
       </w:r>
       <w:r w:rsidR="0064740E" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1442,118 +1532,118 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>guidelines,</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> handbooks and user manuals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C670CE" w14:textId="77777777" w:rsidR="00133BD9" w:rsidRPr="002260B8" w:rsidRDefault="00133BD9" w:rsidP="003E3E2F">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DF07EC4" w14:textId="110C0239" w:rsidR="00EF7BD9" w:rsidRPr="002260B8" w:rsidRDefault="00B8659D" w:rsidP="003E3E2F">
+    <w:p w14:paraId="6DF07EC4" w14:textId="110C0239" w:rsidR="00EF7BD9" w:rsidRPr="0054315B" w:rsidRDefault="00B8659D" w:rsidP="003E3E2F">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Guidance on the 90-Day Integration Plan within UCT’s Performance Management Framework</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D656F3" w14:textId="274031E8" w:rsidR="00B8659D" w:rsidRPr="002260B8" w:rsidRDefault="00B8659D" w:rsidP="003E3E2F">
+    <w:p w14:paraId="45D656F3" w14:textId="74355344" w:rsidR="00B8659D" w:rsidRPr="002260B8" w:rsidRDefault="00B8659D" w:rsidP="003E3E2F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="002260B8">
+        <w:r w:rsidRPr="0054315B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="002060"/>
+            <w:color w:val="003C69"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>90-Day Integration Plan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is designed to support the onboarding and early development of new staff members. It does </w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
@@ -1790,57 +1880,57 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Information that can be used for this plan can be gathered via the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="002260B8">
+        <w:r w:rsidRPr="0054315B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="002060"/>
+            <w:color w:val="003C69"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Transition Planning Questionnaire</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
@@ -1917,140 +2007,140 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Break down the job by the knowledge, skills and abilities required and determining the employee’s current competency level in each area by referencing the </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="002260B8">
+        <w:r w:rsidRPr="0054315B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="002060"/>
+            <w:color w:val="003C69"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>UCT Competency Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE683AE" w14:textId="302F7F2F" w:rsidR="00554F5C" w:rsidRPr="002260B8" w:rsidRDefault="00554F5C" w:rsidP="00554F5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If a gap exists, discuss potential training and learning opportunities to strengthen the area and use the </w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="002260B8">
+        <w:r w:rsidRPr="0054315B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="002060"/>
+            <w:color w:val="003C69"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>taff Learning Resource Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="002260B8">
+        <w:r w:rsidRPr="0054315B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="002060"/>
+            <w:color w:val="003C69"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SuccessFactors Learning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="40951D74" w14:textId="189F7056" w:rsidR="00554F5C" w:rsidRPr="002260B8" w:rsidRDefault="00E501F9" w:rsidP="0014529A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2258,134 +2348,83 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="491CEC80" w14:textId="77777777" w:rsidR="002260B8" w:rsidRDefault="002260B8" w:rsidP="002442F6">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D98E6E0" w14:textId="77777777" w:rsidR="002260B8" w:rsidRDefault="002260B8" w:rsidP="002442F6">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01FA465B" w14:textId="77777777" w:rsidR="002260B8" w:rsidRDefault="002260B8" w:rsidP="002442F6">
+    <w:p w14:paraId="599A5CDA" w14:textId="11E906FE" w:rsidR="004A5983" w:rsidRDefault="004A5983" w:rsidP="0034738D">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="671BEAAB" w14:textId="77777777" w:rsidR="002260B8" w:rsidRDefault="002260B8" w:rsidP="002442F6">
-[...49 lines deleted...]
-    <w:p w14:paraId="7433B825" w14:textId="77D04C24" w:rsidR="0034738D" w:rsidRPr="002260B8" w:rsidRDefault="0034738D" w:rsidP="0034738D">
+    <w:p w14:paraId="7433B825" w14:textId="5E075024" w:rsidR="0034738D" w:rsidRPr="0054315B" w:rsidRDefault="0034738D" w:rsidP="0034738D">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="0054315B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>E-mail Template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FB3FD2" w14:textId="77777777" w:rsidR="0034738D" w:rsidRPr="002260B8" w:rsidRDefault="0034738D" w:rsidP="002442F6">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02309AE9" w14:textId="77777777" w:rsidR="0034738D" w:rsidRPr="002260B8" w:rsidRDefault="0034738D" w:rsidP="002442F6">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64444AAA" w14:textId="6A059F0A" w:rsidR="002442F6" w:rsidRPr="002260B8" w:rsidRDefault="002442F6" w:rsidP="002442F6">
       <w:pPr>
@@ -4005,167 +4044,120 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F57D8D5" w14:textId="77777777" w:rsidR="00581EB3" w:rsidRDefault="00581EB3" w:rsidP="009E4132">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00581EB3" w:rsidSect="004839C0">
           <w:headerReference w:type="default" r:id="rId19"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="794" w:bottom="851" w:left="794" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C7430DC" w14:textId="6EBB362F" w:rsidR="00E27FC2" w:rsidRPr="002260B8" w:rsidRDefault="00E27FC2" w:rsidP="009E4132">
-[...61 lines deleted...]
-    </w:p>
     <w:p w14:paraId="58D38AF1" w14:textId="77777777" w:rsidR="0034738D" w:rsidRPr="002260B8" w:rsidRDefault="0034738D" w:rsidP="0045609E">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="717C84C2" w14:textId="46863317" w:rsidR="00B80085" w:rsidRPr="002260B8" w:rsidRDefault="00B80085" w:rsidP="0045609E">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Welcome to your first 90 days at UCT - an exciting journey of growth, discovery, and opportunity!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777386DD" w14:textId="77777777" w:rsidR="0045609E" w:rsidRPr="002260B8" w:rsidRDefault="0045609E" w:rsidP="0045609E">
+    <w:p w14:paraId="55520442" w14:textId="77777777" w:rsidR="00020A2E" w:rsidRPr="002260B8" w:rsidRDefault="00020A2E" w:rsidP="0045609E">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50FDEB1B" w14:textId="58F98516" w:rsidR="00B80085" w:rsidRPr="002260B8" w:rsidRDefault="00B80085" w:rsidP="0045609E">
+    <w:p w14:paraId="50FDEB1B" w14:textId="11B63BC6" w:rsidR="00B80085" w:rsidRPr="002260B8" w:rsidRDefault="00B80085" w:rsidP="0045609E">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>This plan is your roadmap to building confidence, expanding your skills, and unlocking your full potential in your new role. By embracing each step with curiosity and purpose, you’ll not only learn and connect but also begin making a meaningful impact from day one.</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002407EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he 90-Day Integration Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002260B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is your roadmap to building confidence, expanding your skills, and unlocking your full potential in your new role. By embracing each step with curiosity and purpose, you’ll not only learn and connect but also begin making a meaningful impact from day one.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFF9FB6" w14:textId="77777777" w:rsidR="0045609E" w:rsidRPr="002260B8" w:rsidRDefault="0045609E" w:rsidP="0045609E">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3831428D" w14:textId="77777777" w:rsidR="00B80085" w:rsidRPr="002260B8" w:rsidRDefault="00B80085" w:rsidP="0045609E">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -4930,396 +4922,413 @@
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A8A0F95" w14:textId="77777777" w:rsidR="0064518A" w:rsidRPr="002260B8" w:rsidRDefault="0064518A" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B8BADEB" w14:textId="64E9DB2C" w:rsidR="007B7B23" w:rsidRPr="002260B8" w:rsidRDefault="00210B3C" w:rsidP="00E27FC2">
+    <w:p w14:paraId="779D4FDA" w14:textId="77777777" w:rsidR="008156DA" w:rsidRDefault="008156DA" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+    </w:p>
+    <w:p w14:paraId="2B8BADEB" w14:textId="20910C9B" w:rsidR="007B7B23" w:rsidRPr="00020A2E" w:rsidRDefault="00210B3C" w:rsidP="00E27FC2">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Important contacts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C24B5B0" w14:textId="289BE21F" w:rsidR="00E27FC2" w:rsidRPr="002260B8" w:rsidRDefault="0094460A" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If you need help with anything, here is who you can reach out to:</w:t>
       </w:r>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, here is who you can reach out to:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...2 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="846FD4" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="3D76D5A7" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="3D76D5A7" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D85D028" w14:textId="2ACDAFF3" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="00E27FC2">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Contact name]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="0C8D7053" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="0C8D7053" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="12EF4661" w14:textId="33474EE9" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="00E27FC2">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should reach out to this person when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="575E8218" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="575E8218" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="291AD248" w14:textId="3CB3BF29" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="00E27FC2">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Contact name]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="52D80FFF" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="52D80FFF" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1092"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5FB1B77F" w14:textId="110E4CFA" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="00E27FC2">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should reach out to this person when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="053414EA" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="053414EA" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45EA8C51" w14:textId="121E62E0" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="00E27FC2">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Contact name]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="54F95157" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="54F95157" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A1300D7" w14:textId="54DD726A" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should reach out to this person when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="2EDF3D6D" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="2EDF3D6D" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BB2504B" w14:textId="6690744F" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="00E27FC2">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Contact name]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="5C7C78F5" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00A96B3C" w:rsidRPr="002260B8" w14:paraId="5C7C78F5" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="454441F5" w14:textId="6186DDA3" w:rsidR="00A96B3C" w:rsidRPr="002260B8" w:rsidRDefault="00A96B3C" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
@@ -5336,69 +5345,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EC86444" w14:textId="77777777" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="00487ECD" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4530F157" w14:textId="4B04ABD1" w:rsidR="00B61C95" w:rsidRPr="002260B8" w:rsidRDefault="00B61C95" w:rsidP="00B61C95">
+    <w:p w14:paraId="4530F157" w14:textId="4B04ABD1" w:rsidR="00B61C95" w:rsidRPr="00020A2E" w:rsidRDefault="00B61C95" w:rsidP="00B61C95">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Collaborative networks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366B1087" w14:textId="69BF199C" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="00E31CE3" w:rsidP="00487ECD">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Team</w:t>
@@ -5424,61 +5433,63 @@
       <w:r w:rsidR="00487ECD" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00487ECD" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, here is who you can reach out to:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...2 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="846FD4" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="14AB7C89" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="14AB7C89" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4465E914" w14:textId="6DB1B084" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="00487ECD" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
@@ -5498,51 +5509,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Group Name</w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="3DF2CF5F" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="3DF2CF5F" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="52037BE5" w14:textId="21A52B37" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="000B44F2" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5685,51 +5696,51 @@
               <w:t>. Include schedule</w:t>
             </w:r>
             <w:r w:rsidR="000C4178" w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> if applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="4DC174FE" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="4DC174FE" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="270A35DF" w14:textId="76C618F4" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="00487ECD" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
@@ -5741,51 +5752,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Group Name</w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="765B85A3" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="765B85A3" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1092"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F7AE2FE" w14:textId="77777777" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="000B44F2" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5848,51 +5859,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting Frequency: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Weekly/Monthly/Quarterly/Annually. Include schedule if applicable]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="3D1001BA" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="3D1001BA" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3022AB3D" w14:textId="41EB5D61" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="00487ECD" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
@@ -5904,51 +5915,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Group Name</w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="03C5C1AD" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="03C5C1AD" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="379AA3F4" w14:textId="77777777" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="000B44F2" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -6011,51 +6022,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting Frequency: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Weekly/Monthly/Quarterly/Annually. Include schedule if applicable]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="2974C163" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="2974C163" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54A3C2CB" w14:textId="25032D4D" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="00487ECD" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
@@ -6067,51 +6078,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Group Name</w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="4974A506" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00487ECD" w:rsidRPr="002260B8" w14:paraId="4974A506" w14:textId="77777777" w:rsidTr="00D3579B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C99B065" w14:textId="77777777" w:rsidR="00487ECD" w:rsidRPr="002260B8" w:rsidRDefault="000B44F2" w:rsidP="00095320">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -6189,641 +6200,713 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Weekly/Monthly/Quarterly/Annually. Include schedule if applicable]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2919FB34" w14:textId="77777777" w:rsidR="00A22AAB" w:rsidRPr="002260B8" w:rsidRDefault="00A22AAB" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16690467" w14:textId="77777777" w:rsidR="0064518A" w:rsidRPr="002260B8" w:rsidRDefault="0064518A" w:rsidP="00E27FC2">
+    <w:p w14:paraId="16690467" w14:textId="77777777" w:rsidR="0064518A" w:rsidRDefault="0064518A" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43C1DBB0" w14:textId="783EA5BC" w:rsidR="00E27FC2" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="00E27FC2">
+    <w:p w14:paraId="1A685E59" w14:textId="77777777" w:rsidR="00295735" w:rsidRDefault="00295735" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+    </w:p>
+    <w:p w14:paraId="3CEFE2A1" w14:textId="77777777" w:rsidR="00295735" w:rsidRDefault="00295735" w:rsidP="00E27FC2">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Important links</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00532568" w:rsidRPr="002260B8">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04AE6E01" w14:textId="77777777" w:rsidR="00295735" w:rsidRDefault="00295735" w:rsidP="00E27FC2">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, resources and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002260B8">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A4CDE67" w14:textId="77777777" w:rsidR="00295735" w:rsidRDefault="00295735" w:rsidP="00E27FC2">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EFACE14" w14:textId="77777777" w:rsidR="00295735" w:rsidRPr="002260B8" w:rsidRDefault="00295735" w:rsidP="00E27FC2">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43C1DBB0" w14:textId="783EA5BC" w:rsidR="00E27FC2" w:rsidRPr="00020A2E" w:rsidRDefault="00873FD5" w:rsidP="00E27FC2">
+      <w:pPr>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="003C69"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="003C69"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Important links</w:t>
+      </w:r>
+      <w:r w:rsidR="00532568" w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="003C69"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, resources and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tools</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2090FFFB" w14:textId="28C242CE" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="009F66DA">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In this section, you will find the most important links you will need in your first 90 days.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...2 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="846FD4" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E76E16" w:rsidRPr="002260B8" w14:paraId="18560D32" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00E76E16" w:rsidRPr="002260B8" w14:paraId="18560D32" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D74E3DA" w14:textId="775A156A" w:rsidR="00E76E16" w:rsidRPr="002260B8" w:rsidRDefault="00E76E16" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Downloadable software</w:t>
             </w:r>
-            <w:r w:rsidR="00B445B2" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00B445B2" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and platforms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2B3ED16E" w14:textId="5C34955A" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2B3ED16E" w14:textId="5C34955A" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A93B201" w14:textId="7FCB603F" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="27F38406" w14:textId="40FC9AB5" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="27F38406" w14:textId="40FC9AB5" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23F5329E" w14:textId="05F62BF0" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">You should download this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="718963A4" w14:textId="4F69F1A0" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="718963A4" w14:textId="4F69F1A0" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="441CB285" w14:textId="37290B65" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2C65643F" w14:textId="51193D38" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2C65643F" w14:textId="51193D38" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EC07666" w14:textId="011AE306" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should download this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="10FC4CE3" w14:textId="6A46AE57" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="10FC4CE3" w14:textId="6A46AE57" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48C38FD1" w14:textId="562CAABA" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="7DC82CF6" w14:textId="3FDAFD2D" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="7DC82CF6" w14:textId="3FDAFD2D" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A1E501F" w14:textId="0ACE97B3" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should download this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="17B4FC1A" w14:textId="6E4AAB49" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="17B4FC1A" w14:textId="6E4AAB49" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0371E5A3" w14:textId="0B122B83" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2446D501" w14:textId="4C96B22F" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2446D501" w14:textId="4C96B22F" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15381F4E" w14:textId="70EE043A" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should download this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="6A6CED9A" w14:textId="1625E262" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="6A6CED9A" w14:textId="1625E262" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72315A95" w14:textId="7282101B" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="22BE1B7D" w14:textId="7E8F56F6" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="22BE1B7D" w14:textId="7E8F56F6" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27EF4F33" w14:textId="77B2EEAF" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="00002724">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should download this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="4C5B9CEF" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="4C5B9CEF" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="73"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="10E304E5" w14:textId="71620FAC" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000D3ACC">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="00E8AA17" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="00E8AA17" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B961CB1" w14:textId="51BE1F98" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000D3ACC">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -6840,943 +6923,960 @@
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BA8C41D" w14:textId="744B02D6" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="003439A6">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...2 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="846FD4" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A679C" w:rsidRPr="002260B8" w14:paraId="37C72336" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="009A679C" w:rsidRPr="002260B8" w14:paraId="37C72336" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="099012F4" w14:textId="77777777" w:rsidR="00907EED" w:rsidRPr="002260B8" w:rsidRDefault="00907EED" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="78AA4933" w14:textId="197F1BC2" w:rsidR="009A679C" w:rsidRPr="002260B8" w:rsidRDefault="00070AAD" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">UCT </w:t>
             </w:r>
-            <w:r w:rsidR="00C6774F" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C6774F" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ebsite</w:t>
             </w:r>
-            <w:r w:rsidR="00C46E11" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C46E11" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00C6774F" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C6774F" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidR="009A679C" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="009A679C" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ntranet </w:t>
             </w:r>
-            <w:r w:rsidR="00C6774F" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C6774F" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidR="009A679C" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="009A679C" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ages</w:t>
             </w:r>
-            <w:r w:rsidR="00C46E11" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C46E11" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidR="00C6774F" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C6774F" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidR="00C46E11" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C46E11" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">etwork </w:t>
             </w:r>
-            <w:r w:rsidR="00C6774F" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C6774F" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidR="00C46E11" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00C46E11" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>rives</w:t>
             </w:r>
-            <w:r w:rsidR="00BF4C6E" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="00BF4C6E" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Teams sites</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="081B8BD5" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="081B8BD5" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16ED8BCE" w14:textId="77777777" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="1E0A1B66" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="1E0A1B66" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23D0153D" w14:textId="588645C7" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should access this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="3C979AA9" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="3C979AA9" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04C9E191" w14:textId="77777777" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="321A707E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="321A707E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F150F20" w14:textId="09097655" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should access this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="4FBFBEAB" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="4FBFBEAB" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3B5A5C2E" w14:textId="77777777" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="76850A9F" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="76850A9F" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A0273E6" w14:textId="2B3754ED" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should access this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="5E8BDFAE" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="5E8BDFAE" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68F57AC2" w14:textId="77777777" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004839C0" w:rsidRPr="002260B8" w14:paraId="0ECB0191" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="004839C0" w:rsidRPr="002260B8" w14:paraId="0ECB0191" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40E0E557" w14:textId="77777777" w:rsidR="004839C0" w:rsidRPr="002260B8" w:rsidRDefault="004839C0" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="504F200E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="504F200E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3710F84B" w14:textId="4F6CCC2E" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">You should access this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="5A1A7CBF" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="5A1A7CBF" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068D8A2A" w14:textId="77777777" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="59AC725C" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="59AC725C" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="45309A81" w14:textId="72A5BD7A" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">You should access this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2F9B4B8B" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="2F9B4B8B" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29135555" w14:textId="53485401" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000D3ACC">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Link]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="16F0B49D" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="005E5585" w:rsidRPr="002260B8" w14:paraId="16F0B49D" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15BFD6AE" w14:textId="520BD707" w:rsidR="005E5585" w:rsidRPr="002260B8" w:rsidRDefault="005E5585" w:rsidP="000D3ACC">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">You should access this when: </w:t>
             </w:r>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[reason]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="068C70BD" w14:textId="77777777" w:rsidR="006917AC" w:rsidRPr="002260B8" w:rsidRDefault="006917AC" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37DEE9FC" w14:textId="4EB4F538" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="00E27FC2">
+    <w:p w14:paraId="37DEE9FC" w14:textId="4EB4F538" w:rsidR="00873FD5" w:rsidRPr="00020A2E" w:rsidRDefault="00873FD5" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Onboarding goals</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...1 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3005"/>
         <w:gridCol w:w="3005"/>
         <w:gridCol w:w="4338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="4F3D1F18" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="4F3D1F18" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CD6233F" w14:textId="6DD5ED8A" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="000035D6">
+          <w:p w14:paraId="7CD6233F" w14:textId="6DD5ED8A" w:rsidR="00873FD5" w:rsidRPr="00020A2E" w:rsidRDefault="00873FD5" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>30-day goals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E1312BC" w14:textId="74BDD82B" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="000035D6">
+          <w:p w14:paraId="3E1312BC" w14:textId="74BDD82B" w:rsidR="00873FD5" w:rsidRPr="00020A2E" w:rsidRDefault="00873FD5" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>60-day</w:t>
             </w:r>
-            <w:r w:rsidR="0028131E" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="0028131E" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4338" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CC290E2" w14:textId="4D49D83E" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="000035D6">
+          <w:p w14:paraId="7CC290E2" w14:textId="4D49D83E" w:rsidR="00873FD5" w:rsidRPr="00020A2E" w:rsidRDefault="00873FD5" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>90-day</w:t>
             </w:r>
-            <w:r w:rsidR="0028131E" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="0028131E" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="1205963F" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="1205963F" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2BA19905" w14:textId="6897D71F" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="000035D6">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -7851,51 +7951,51 @@
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Goal]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="6F555B1A" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="6F555B1A" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="1127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09670401" w14:textId="77777777" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="00873FD5">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -8019,51 +8119,51 @@
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Deliverable]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="544B1CED" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="544B1CED" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3894E6A3" w14:textId="1F773945" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="00873FD5">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -8136,51 +8236,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Goal]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="0D80789C" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="0D80789C" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="1092"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14EF8641" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -8304,51 +8404,51 @@
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Deliverable]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="2082A7F0" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="2082A7F0" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="149FAC00" w14:textId="1B4C403D" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="00873FD5">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -8421,51 +8521,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Goal]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="6409ACAD" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="6409ACAD" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00429569" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -8589,51 +8689,51 @@
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Deliverable]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="76440435" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="76440435" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62324CBA" w14:textId="2767A2CA" w:rsidR="00873FD5" w:rsidRPr="002260B8" w:rsidRDefault="00873FD5" w:rsidP="00873FD5">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -8706,51 +8806,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Goal]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="2B1EE36E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00907EED" w:rsidRPr="002260B8" w14:paraId="2B1EE36E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="1218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1811092D" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002260B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -8890,7093 +8990,7106 @@
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Deliverable]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5AD03816" w14:textId="77777777" w:rsidR="00B57A0F" w:rsidRPr="002260B8" w:rsidRDefault="00B57A0F" w:rsidP="003439A6">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F914145" w14:textId="1C7F7EF8" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="002831E2" w:rsidP="003439A6">
+    <w:p w14:paraId="0F914145" w14:textId="1C7F7EF8" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="002831E2" w:rsidP="003439A6">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Onboarding</w:t>
       </w:r>
-      <w:r w:rsidR="00353B6A" w:rsidRPr="002260B8">
+      <w:r w:rsidR="00353B6A" w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A2534B" w:rsidRPr="002260B8">
+      <w:r w:rsidR="00A2534B" w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>objectives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03656D1B" w14:textId="27A203E8" w:rsidR="000221FC" w:rsidRPr="002260B8" w:rsidRDefault="00B37998" w:rsidP="00E27FC2">
+    <w:p w14:paraId="03656D1B" w14:textId="27A203E8" w:rsidR="000221FC" w:rsidRPr="00020A2E" w:rsidRDefault="00B37998" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="006A6FD4" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidR="006A6FD4" w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">First </w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>30 days)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...1 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="471"/>
         <w:gridCol w:w="9877"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0F9F584F" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0F9F584F" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E723D1D" w14:textId="3BE05C53" w:rsidR="005D09B1" w:rsidRPr="002260B8" w:rsidRDefault="005D09B1" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="4E723D1D" w14:textId="3BE05C53" w:rsidR="005D09B1" w:rsidRPr="00020A2E" w:rsidRDefault="005D09B1" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="4D01910C" w14:textId="3142B870" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="4D01910C" w14:textId="3142B870" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CBFFCC6" w14:textId="17431066" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="4CBFFCC6" w14:textId="17431066" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67AA6FA9" w14:textId="1859565F" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="00725792" w:rsidP="000746CD">
+          <w:p w14:paraId="67AA6FA9" w14:textId="1859565F" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="00725792" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Welcome and Orientation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="2C19E9D9" w14:textId="108A9178" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="2C19E9D9" w14:textId="108A9178" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502649AF" w14:textId="02D8E543" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="502649AF" w14:textId="02D8E543" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFB71BA" w14:textId="2736C3FF" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="00B95208" w:rsidP="000746CD">
+          <w:p w14:paraId="2EFB71BA" w14:textId="2736C3FF" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="00B95208" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Getting to know UCT and Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="4BC7448F" w14:textId="7F46AAD5" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="4BC7448F" w14:textId="7F46AAD5" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="792CE88B" w14:textId="55DFE466" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="792CE88B" w14:textId="55DFE466" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5514AB68" w14:textId="77CEDD7E" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="00A87165" w:rsidP="000746CD">
+          <w:p w14:paraId="5514AB68" w14:textId="77CEDD7E" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="00A87165" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Building Connections and Understanding Culture</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6C990859" w14:textId="1500A28E" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6C990859" w14:textId="1500A28E" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="369DF68B" w14:textId="094A0B94" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="369DF68B" w14:textId="094A0B94" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5468D908" w14:textId="1CD407C7" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="00051AA2" w:rsidP="000746CD">
+          <w:p w14:paraId="5468D908" w14:textId="1CD407C7" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="00051AA2" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Role Specific </w:t>
             </w:r>
-            <w:r w:rsidR="009F2B44" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidR="009F2B44" w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Training and Integration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="36652BA2" w14:textId="555AF1A1" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="36652BA2" w14:textId="555AF1A1" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45E240C9" w14:textId="78AAF42B" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="45E240C9" w14:textId="78AAF42B" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CF492A5" w14:textId="1D0547FF" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="00FD2145" w:rsidP="000746CD">
+          <w:p w14:paraId="1CF492A5" w14:textId="1D0547FF" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="00FD2145" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Review and Planning Ahead </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="7AD5013E" w14:textId="6DAA7FA8" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="7AD5013E" w14:textId="6DAA7FA8" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6247A7B6" w14:textId="516619CB" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="6247A7B6" w14:textId="516619CB" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40F04751" w14:textId="50AD9F6A" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="00FD2145" w:rsidP="000746CD">
+          <w:p w14:paraId="40F04751" w14:textId="50AD9F6A" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="00FD2145" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="3DEE1B78" w14:textId="5CECCEDB" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="3DEE1B78" w14:textId="5CECCEDB" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="591962BF" w14:textId="6BA7717B" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="591962BF" w14:textId="6BA7717B" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03C89F00" w14:textId="6ED011C3" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="03C89F00" w14:textId="6ED011C3" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0671621E" w14:textId="428864A5" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0671621E" w14:textId="428864A5" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="167AF764" w14:textId="11B97F1C" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="167AF764" w14:textId="11B97F1C" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0589D6C7" w14:textId="65BCEE27" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="0589D6C7" w14:textId="65BCEE27" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="430AEA1A" w14:textId="140132B0" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="430AEA1A" w14:textId="140132B0" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E85834C" w14:textId="144E1F94" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5E85834C" w14:textId="144E1F94" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D024BBA" w14:textId="1C892AD7" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="0D024BBA" w14:textId="1C892AD7" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="534CC472" w14:textId="2C1FE47B" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="534CC472" w14:textId="2C1FE47B" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3678CC92" w14:textId="7D859721" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3678CC92" w14:textId="7D859721" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8D0837" w14:textId="06F24735" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="5E8D0837" w14:textId="06F24735" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="7AAB241C" w14:textId="63811566" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="7AAB241C" w14:textId="63811566" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37029F6F" w14:textId="73846FB8" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="37029F6F" w14:textId="73846FB8" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A1EC7B6" w14:textId="4E5F443E" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="6A1EC7B6" w14:textId="4E5F443E" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="65E20E17" w14:textId="39E09345" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="65E20E17" w14:textId="39E09345" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04F5D466" w14:textId="452AF2F5" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="04F5D466" w14:textId="452AF2F5" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="777E8518" w14:textId="36107B27" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="777E8518" w14:textId="36107B27" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="090E32F6" w14:textId="4BC4F16A" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="090E32F6" w14:textId="4BC4F16A" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33EC3DDE" w14:textId="38F31347" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="33EC3DDE" w14:textId="38F31347" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D6E478C" w14:textId="03456294" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="5D6E478C" w14:textId="03456294" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="3CDD2D0A" w14:textId="6ABBB01B" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="3CDD2D0A" w14:textId="6ABBB01B" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45287A00" w14:textId="0BD59D8E" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="45287A00" w14:textId="0BD59D8E" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5FEB61" w14:textId="700E206C" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="000746CD">
+          <w:p w14:paraId="3D5FEB61" w14:textId="700E206C" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="000746CD">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="3BB9120B" w14:textId="23D5AD79" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="3BB9120B" w14:textId="23D5AD79" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35A951EF" w14:textId="2416EDD0" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="35A951EF" w14:textId="2416EDD0" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="576CCE80" w14:textId="5DF630EC" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="576CCE80" w14:textId="5DF630EC" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 1 reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F81CC0D" w14:textId="2D30BDDE" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="00E27FC2">
+    <w:p w14:paraId="6F81CC0D" w14:textId="2D30BDDE" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CF08072" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="002260B8" w:rsidRDefault="005B723D" w:rsidP="00E27FC2">
+    <w:p w14:paraId="6CF08072" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="00020A2E" w:rsidRDefault="005B723D" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="9865"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="30703EAB" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="30703EAB" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2647ED88" w14:textId="2CA14611" w:rsidR="00CE2A49" w:rsidRPr="002260B8" w:rsidRDefault="00CE2A49" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2647ED88" w14:textId="2CA14611" w:rsidR="00CE2A49" w:rsidRPr="00020A2E" w:rsidRDefault="00CE2A49" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0E12B49D" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0E12B49D" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E4577B1" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="7E4577B1" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A0DCA32" w14:textId="07828724" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="4A0DCA32" w14:textId="07828724" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="2B381719" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="2B381719" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA79358" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="7EA79358" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCC8C87" w14:textId="358730AB" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="7DCC8C87" w14:textId="358730AB" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0509B152" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0509B152" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21DADDE5" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="21DADDE5" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="647F5C6D" w14:textId="1E62D9A1" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="647F5C6D" w14:textId="1E62D9A1" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="11284000" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="11284000" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE44398" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5FE44398" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53020FE2" w14:textId="5143B03B" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="53020FE2" w14:textId="5143B03B" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="5CE96348" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="5CE96348" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="502BECE2" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="502BECE2" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="402B6C60" w14:textId="2CCCB0DC" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="402B6C60" w14:textId="2CCCB0DC" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="709EF52F" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="709EF52F" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0092BB25" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="0092BB25" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="182222D5" w14:textId="43A9B134" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="182222D5" w14:textId="43A9B134" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="19CFE43A" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="19CFE43A" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D30ED12" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="1D30ED12" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7903974A" w14:textId="7080EC0B" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="7903974A" w14:textId="7080EC0B" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="7A5A3084" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="7A5A3084" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57733F97" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="57733F97" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5B585F" w14:textId="1CEC479A" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="7B5B585F" w14:textId="1CEC479A" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6F8BF9A7" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6F8BF9A7" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71042978" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="71042978" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47B7C1A0" w14:textId="2F839E1C" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="47B7C1A0" w14:textId="2F839E1C" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="06533FF3" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="06533FF3" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F57666" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="67F57666" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ECC1520" w14:textId="675576BB" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="4ECC1520" w14:textId="675576BB" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0E005249" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0E005249" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42C90027" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="42C90027" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3417BED2" w14:textId="54B8C69D" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="3417BED2" w14:textId="54B8C69D" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0EFB4C6F" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0EFB4C6F" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D6185BF" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3D6185BF" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6154D850" w14:textId="4FA85757" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="6154D850" w14:textId="4FA85757" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6648E76B" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6648E76B" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59AFE9DB" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="59AFE9DB" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CAB64DA" w14:textId="068270D8" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="4CAB64DA" w14:textId="068270D8" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="06CFA7B6" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="06CFA7B6" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15E2E71D" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="15E2E71D" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC904F3" w14:textId="552FBE46" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="3CC904F3" w14:textId="552FBE46" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="1684A7C8" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="1684A7C8" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6761A4E4" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="6761A4E4" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27FFAC60" w14:textId="1181BAB4" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+          <w:p w14:paraId="27FFAC60" w14:textId="1181BAB4" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 2 reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6932B159" w14:textId="0C2C7C48" w:rsidR="000746CD" w:rsidRPr="002260B8" w:rsidRDefault="000746CD" w:rsidP="00E27FC2">
+    <w:p w14:paraId="6932B159" w14:textId="0C2C7C48" w:rsidR="000746CD" w:rsidRPr="00020A2E" w:rsidRDefault="000746CD" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B9B5A3B" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="002260B8" w:rsidRDefault="005B723D" w:rsidP="00E27FC2">
+    <w:p w14:paraId="3B9B5A3B" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="00020A2E" w:rsidRDefault="005B723D" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...1 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="9865"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="2412BFBB" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="2412BFBB" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63ADF812" w14:textId="0CC77E81" w:rsidR="00CE2A49" w:rsidRPr="002260B8" w:rsidRDefault="00CE2A49" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="63ADF812" w14:textId="0CC77E81" w:rsidR="00CE2A49" w:rsidRPr="00020A2E" w:rsidRDefault="00CE2A49" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="26646B5C" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="26646B5C" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00114BCB" w14:textId="057A13CB" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="00114BCB" w14:textId="057A13CB" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A67ACFE" w14:textId="0DF4B6B1" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="6A67ACFE" w14:textId="0DF4B6B1" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="01F016FE" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="01F016FE" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25B7349E" w14:textId="375617FB" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="25B7349E" w14:textId="375617FB" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75776F27" w14:textId="329553A8" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="75776F27" w14:textId="329553A8" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="377F1B14" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="377F1B14" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AB29697" w14:textId="7CE2CBBA" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="0AB29697" w14:textId="7CE2CBBA" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72AED06F" w14:textId="006A57AF" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="72AED06F" w14:textId="006A57AF" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="56120485" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="56120485" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E82425F" w14:textId="23AE8CB8" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5E82425F" w14:textId="23AE8CB8" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="223E9620" w14:textId="0047D350" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="223E9620" w14:textId="0047D350" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="2F716B77" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="2F716B77" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="160E5E77" w14:textId="7A5922C4" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="160E5E77" w14:textId="7A5922C4" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C443351" w14:textId="46390F57" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="0C443351" w14:textId="46390F57" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="524CB074" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="524CB074" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D64D8B0" w14:textId="4897B4AF" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="0D64D8B0" w14:textId="4897B4AF" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D34812F" w14:textId="404AB740" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="2D34812F" w14:textId="404AB740" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="00C22F14" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="00C22F14" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="634AC440" w14:textId="7EFB8499" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="634AC440" w14:textId="7EFB8499" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="631A3DD0" w14:textId="70D98185" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="631A3DD0" w14:textId="70D98185" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="4CDFBFC3" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="4CDFBFC3" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5C69E8" w14:textId="121AD86C" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2C5C69E8" w14:textId="121AD86C" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3494D5ED" w14:textId="4657AB88" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="3494D5ED" w14:textId="4657AB88" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="4548704B" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="4548704B" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70755E7C" w14:textId="2AED5DDC" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="70755E7C" w14:textId="2AED5DDC" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ECC78F0" w14:textId="7057B987" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="3ECC78F0" w14:textId="7057B987" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="79204DC3" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="79204DC3" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38B92954" w14:textId="6F36845B" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="38B92954" w14:textId="6F36845B" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0708D6AD" w14:textId="61B6B135" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="0708D6AD" w14:textId="61B6B135" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="22057948" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="22057948" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B1D5293" w14:textId="1980832F" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="0B1D5293" w14:textId="1980832F" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67542467" w14:textId="327344A6" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="67542467" w14:textId="327344A6" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="7B0132CD" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="7B0132CD" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA4212A" w14:textId="723559BE" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2BA4212A" w14:textId="723559BE" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="470A8E48" w14:textId="7EF582B4" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="470A8E48" w14:textId="7EF582B4" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="3775A396" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="3775A396" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="529965FC" w14:textId="03C0CCA8" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="529965FC" w14:textId="03C0CCA8" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7806C9B9" w14:textId="5298FFC7" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="7806C9B9" w14:textId="5298FFC7" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="35BC5D54" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="35BC5D54" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75E1F138" w14:textId="1677FB76" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="75E1F138" w14:textId="1677FB76" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37118231" w14:textId="61EA5594" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="37118231" w14:textId="61EA5594" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="5F102385" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="5F102385" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49352F13" w14:textId="13F69AB6" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="49352F13" w14:textId="13F69AB6" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16553CF4" w14:textId="77EFE51B" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="16553CF4" w14:textId="77EFE51B" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 3 reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="07088D0E" w14:textId="44CE7BBD" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+    <w:p w14:paraId="07088D0E" w14:textId="44CE7BBD" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="0006129A">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FCC990A" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="002260B8" w:rsidRDefault="005B723D" w:rsidP="0006129A">
+    <w:p w14:paraId="4FCC990A" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="00020A2E" w:rsidRDefault="005B723D" w:rsidP="0006129A">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...1 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="9865"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="2906DBE0" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="2906DBE0" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A1C416D" w14:textId="5ED7A99A" w:rsidR="00CE2A49" w:rsidRPr="002260B8" w:rsidRDefault="00CE2A49" w:rsidP="00CE2A49">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="7A1C416D" w14:textId="5ED7A99A" w:rsidR="00CE2A49" w:rsidRPr="00020A2E" w:rsidRDefault="00CE2A49" w:rsidP="00CE2A49">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="2B15D16D" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="2B15D16D" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D3DAC46" w14:textId="2044D021" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3D3DAC46" w14:textId="2044D021" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E1808C8" w14:textId="2BB0EB3F" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="6E1808C8" w14:textId="2BB0EB3F" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="24823001" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="24823001" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AAD3232" w14:textId="0AF1498C" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5AAD3232" w14:textId="0AF1498C" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F10044E" w14:textId="0206D1D9" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="7F10044E" w14:textId="0206D1D9" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="7208687E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="7208687E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54926719" w14:textId="659F453E" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="54926719" w14:textId="659F453E" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31786005" w14:textId="416B8321" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="31786005" w14:textId="416B8321" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="07A860E6" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="07A860E6" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D943D18" w14:textId="2A303D02" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3D943D18" w14:textId="2A303D02" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="479DB152" w14:textId="0F8A0952" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="479DB152" w14:textId="0F8A0952" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6B97FB3E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6B97FB3E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FEA3DCF" w14:textId="17A13545" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2FEA3DCF" w14:textId="17A13545" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6199FD51" w14:textId="7AF8A54C" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="6199FD51" w14:textId="7AF8A54C" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="32D85DA7" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="32D85DA7" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2DB7C2" w14:textId="1E854CBE" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="0E2DB7C2" w14:textId="1E854CBE" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="408E6C2A" w14:textId="485208F0" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="408E6C2A" w14:textId="485208F0" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="1F683789" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="1F683789" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15E0F63B" w14:textId="7ADDE318" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="15E0F63B" w14:textId="7ADDE318" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="318D93B4" w14:textId="0AEF356B" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="318D93B4" w14:textId="0AEF356B" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="08C5F023" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="08C5F023" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74CBE123" w14:textId="2D5E1A43" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="74CBE123" w14:textId="2D5E1A43" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C273FC2" w14:textId="7252FD49" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="7C273FC2" w14:textId="7252FD49" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="321E2C74" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="321E2C74" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CE20761" w14:textId="0E2250A3" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3CE20761" w14:textId="0E2250A3" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C9A2F88" w14:textId="4C88F313" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="2C9A2F88" w14:textId="4C88F313" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6558F2A6" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6558F2A6" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69743127" w14:textId="557C3DF4" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="69743127" w14:textId="557C3DF4" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9C32E2" w14:textId="4641E828" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="4A9C32E2" w14:textId="4641E828" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="5E921DB6" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="5E921DB6" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D65C1F9" w14:textId="1A619116" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5D65C1F9" w14:textId="1A619116" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2061AF63" w14:textId="298E9137" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="2061AF63" w14:textId="298E9137" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="358856BD" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="358856BD" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="614567E9" w14:textId="2C07AB7F" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="614567E9" w14:textId="2C07AB7F" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="268ACA87" w14:textId="23CF42E1" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="268ACA87" w14:textId="23CF42E1" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6E5D4B39" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6E5D4B39" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09FA8420" w14:textId="3D4AEAF3" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="09FA8420" w14:textId="3D4AEAF3" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A746541" w14:textId="3EB03BFF" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="4A746541" w14:textId="3EB03BFF" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="1E4961FC" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="1E4961FC" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB35AE2" w14:textId="7E242E83" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="4EB35AE2" w14:textId="7E242E83" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1BB708" w14:textId="6AAB74F9" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="0C1BB708" w14:textId="6AAB74F9" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="4EA8ABF2" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="4EA8ABF2" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4654A02D" w14:textId="4D19474F" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="4654A02D" w14:textId="4D19474F" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0040BD3E" w14:textId="51B2758E" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="0040BD3E" w14:textId="51B2758E" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Week 4 reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C126A3F" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="002260B8" w:rsidRDefault="005B723D" w:rsidP="0006129A">
+    <w:p w14:paraId="5C126A3F" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="00020A2E" w:rsidRDefault="005B723D" w:rsidP="0006129A">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01537202" w14:textId="5555EA82" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="00B37998" w:rsidP="0006129A">
+    <w:p w14:paraId="01537202" w14:textId="5555EA82" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="00B37998" w:rsidP="0006129A">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:cnfStyle w:val="101000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005B6F1C" w:rsidRPr="002260B8">
+      <w:r w:rsidR="005B6F1C" w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">31 - </w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
+      <w:r w:rsidRPr="00020A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>60 days)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-[...1 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="9865"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="136D4436" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="136D4436" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C7F8711" w14:textId="20A799BA" w:rsidR="00F53EC8" w:rsidRPr="002260B8" w:rsidRDefault="00F53EC8" w:rsidP="00F53EC8">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="0C7F8711" w14:textId="20A799BA" w:rsidR="00F53EC8" w:rsidRPr="00020A2E" w:rsidRDefault="00F53EC8" w:rsidP="00F53EC8">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Weeks 5–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="11A9F0FD" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="11A9F0FD" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="498C4458" w14:textId="6EEB6580" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="498C4458" w14:textId="6EEB6580" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79497211" w14:textId="0C162B6A" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="79497211" w14:textId="0C162B6A" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6475A01E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6475A01E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A6EFE51" w14:textId="57A1D42A" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5A6EFE51" w14:textId="57A1D42A" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8ECDB0" w14:textId="2526BEB5" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="3F8ECDB0" w14:textId="2526BEB5" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="1E36D759" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="1E36D759" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21696B14" w14:textId="7655220D" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="21696B14" w14:textId="7655220D" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F8C8E2C" w14:textId="6F1F5E16" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="0F8C8E2C" w14:textId="6F1F5E16" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="7147D948" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="7147D948" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1AD485" w14:textId="3B0841E9" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2C1AD485" w14:textId="3B0841E9" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38F02F00" w14:textId="643DA61F" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="38F02F00" w14:textId="643DA61F" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="5AC7474B" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="5AC7474B" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DECBB76" w14:textId="46D564C8" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="6DECBB76" w14:textId="46D564C8" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C678787" w14:textId="1C57C351" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="6C678787" w14:textId="1C57C351" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6704E1AD" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6704E1AD" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B2E8088" w14:textId="03881E08" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="1B2E8088" w14:textId="03881E08" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A06EED3" w14:textId="2DE0912F" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="2A06EED3" w14:textId="2DE0912F" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="19C01881" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="19C01881" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EE4E8F8" w14:textId="17F4D66D" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="0EE4E8F8" w14:textId="17F4D66D" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41529F8F" w14:textId="6205ADAE" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="41529F8F" w14:textId="6205ADAE" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="289FD978" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="289FD978" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E8B6722" w14:textId="26D2CBF2" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2E8B6722" w14:textId="26D2CBF2" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7978C163" w14:textId="7ECA3620" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="7978C163" w14:textId="7ECA3620" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="55AE5823" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="55AE5823" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65B42422" w14:textId="7FE6CD2A" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="65B42422" w14:textId="7FE6CD2A" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="176696A8" w14:textId="3500406B" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="176696A8" w14:textId="3500406B" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="471F923D" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="471F923D" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E807B2" w14:textId="5459C4AF" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="50E807B2" w14:textId="5459C4AF" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C781DE5" w14:textId="4ADB0F55" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="1C781DE5" w14:textId="4ADB0F55" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="498E4277" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="498E4277" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="620BDB4B" w14:textId="12DB5427" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="620BDB4B" w14:textId="12DB5427" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="213A02E8" w14:textId="707C0D01" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="213A02E8" w14:textId="707C0D01" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0A4A15D1" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0A4A15D1" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29B68EF5" w14:textId="03382933" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="29B68EF5" w14:textId="03382933" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7198B44E" w14:textId="7BE8B6B7" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="7198B44E" w14:textId="7BE8B6B7" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="72CB975D" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="72CB975D" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BC9370B" w14:textId="1C913284" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="4BC9370B" w14:textId="1C913284" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5733A19B" w14:textId="5B9705E0" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="5733A19B" w14:textId="5B9705E0" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0C00E6B7" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0C00E6B7" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F57E49A" w14:textId="094BB326" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="2F57E49A" w14:textId="094BB326" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="077AC5BF" w14:textId="01518494" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="077AC5BF" w14:textId="01518494" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="1C18563E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="1C18563E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77DE97A3" w14:textId="38245DF8" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="77DE97A3" w14:textId="38245DF8" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="199FA20C" w14:textId="2BB471AF" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="199FA20C" w14:textId="2BB471AF" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Weeks 5</w:t>
             </w:r>
-            <w:r w:rsidR="005138C3" w:rsidRPr="002260B8">
+            <w:r w:rsidR="005138C3" w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="002260B8">
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8 reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B2509C8" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="00E27FC2">
+    <w:p w14:paraId="6B2509C8" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="0006129A" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56626564" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="002260B8" w:rsidRDefault="005B723D" w:rsidP="00E27FC2">
+    <w:p w14:paraId="56626564" w14:textId="77777777" w:rsidR="005B723D" w:rsidRPr="00020A2E" w:rsidRDefault="005B723D" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10DB06D8" w14:textId="3F5E2426" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="00B37998" w:rsidP="0006129A">
+    <w:p w14:paraId="10DB06D8" w14:textId="3F5E2426" w:rsidR="0006129A" w:rsidRPr="00020A2E" w:rsidRDefault="00B37998" w:rsidP="0006129A">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005B6F1C" w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidR="005B6F1C" w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">61 - </w:t>
       </w:r>
-      <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="00020A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="003C69"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>90 days)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="003C69"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="9865"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6E843BA7" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6E843BA7" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BEF184F" w14:textId="3C4D3D6B" w:rsidR="00F53EC8" w:rsidRPr="002260B8" w:rsidRDefault="00F53EC8" w:rsidP="00F53EC8">
+          <w:p w14:paraId="0BEF184F" w14:textId="3C4D3D6B" w:rsidR="00F53EC8" w:rsidRPr="00020A2E" w:rsidRDefault="00F53EC8" w:rsidP="00F53EC8">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Weeks 9–12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="16BADEB9" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="16BADEB9" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DD5862B" w14:textId="3E12EB27" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="7DD5862B" w14:textId="3E12EB27" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DA24EEE" w14:textId="3A44D614" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="3DA24EEE" w14:textId="3A44D614" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6C6233E1" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6C6233E1" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D12A4C9" w14:textId="76D4114E" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3D12A4C9" w14:textId="76D4114E" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19FF2604" w14:textId="038915B6" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="19FF2604" w14:textId="038915B6" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0BE72569" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0BE72569" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A626758" w14:textId="40A8CAE2" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="6A626758" w14:textId="40A8CAE2" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E6D2312" w14:textId="0F48794E" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="0E6D2312" w14:textId="0F48794E" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="47809CC5" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="47809CC5" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2A16F9" w14:textId="267C0902" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5D2A16F9" w14:textId="267C0902" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D92E5A4" w14:textId="5C239C25" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="3D92E5A4" w14:textId="5C239C25" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="3D8DD44B" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="3D8DD44B" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="143DB619" w14:textId="7F726172" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="143DB619" w14:textId="7F726172" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C0B0364" w14:textId="32C03F00" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="2C0B0364" w14:textId="32C03F00" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="39202EF0" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="39202EF0" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21605286" w14:textId="62115CCE" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="21605286" w14:textId="62115CCE" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0516073C" w14:textId="1E7FA16B" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="0516073C" w14:textId="1E7FA16B" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="25E7ED4C" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="25E7ED4C" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="578A4404" w14:textId="4F22378E" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="578A4404" w14:textId="4F22378E" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22B57220" w14:textId="074AB18E" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="22B57220" w14:textId="074AB18E" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="5BCFEE2A" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="5BCFEE2A" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79B09B56" w14:textId="6EBA31ED" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="79B09B56" w14:textId="6EBA31ED" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8754E0" w14:textId="6E602677" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="4D8754E0" w14:textId="6E602677" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="74E22F96" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="74E22F96" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F4D05C7" w14:textId="781A4E26" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="5F4D05C7" w14:textId="781A4E26" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52F0A476" w14:textId="0744390B" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="52F0A476" w14:textId="0744390B" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="0BE9F470" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="0BE9F470" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E634390" w14:textId="24350E27" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3E634390" w14:textId="24350E27" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24487CD6" w14:textId="28E398A2" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="24487CD6" w14:textId="28E398A2" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="75EE9274" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="75EE9274" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51CE37AE" w14:textId="226CBBDF" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="51CE37AE" w14:textId="226CBBDF" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2953263C" w14:textId="0123B472" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="2953263C" w14:textId="0123B472" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="1BB10CD9" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="1BB10CD9" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4191BB9C" w14:textId="40701B59" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="4191BB9C" w14:textId="40701B59" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7550FE" w14:textId="6F3AE5E0" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="5C7550FE" w14:textId="6F3AE5E0" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="19D6BF50" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="19D6BF50" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EC51F3E" w14:textId="27D60E29" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="6EC51F3E" w14:textId="27D60E29" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72469BDF" w14:textId="0ED72578" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="72469BDF" w14:textId="0ED72578" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="73A75D7E" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="73A75D7E" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61AF7848" w14:textId="59E9F2CA" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="61AF7848" w14:textId="59E9F2CA" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002260B8">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7618EE" w14:textId="1B4C85A3" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="5E7618EE" w14:textId="1B4C85A3" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-[...9 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[Task]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB5839" w:rsidRPr="002260B8" w14:paraId="6DF3FBF8" w14:textId="77777777" w:rsidTr="00D7592C">
+      <w:tr w:rsidR="00020A2E" w:rsidRPr="00020A2E" w14:paraId="6DF3FBF8" w14:textId="77777777" w:rsidTr="00020A2E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FC7E43A" w14:textId="7F141C8D" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
-[...13 lines deleted...]
-                <w:color w:val="002060"/>
+          <w:p w14:paraId="3FC7E43A" w14:textId="7F141C8D" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76BA8E5A" w14:textId="17DC267D" w:rsidR="007B03D9" w:rsidRPr="002260B8" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
+          <w:p w14:paraId="76BA8E5A" w14:textId="17DC267D" w:rsidR="007B03D9" w:rsidRPr="00020A2E" w:rsidRDefault="007B03D9" w:rsidP="007B03D9">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002260B8">
+                <w:color w:val="003C69"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Weeks 9</w:t>
             </w:r>
-            <w:r w:rsidR="005138C3" w:rsidRPr="002260B8">
+            <w:r w:rsidR="005138C3" w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="002260B8">
+            <w:r w:rsidRPr="00020A2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
+                <w:color w:val="003C69"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12 reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14A284B5" w14:textId="77777777" w:rsidR="0006129A" w:rsidRPr="002260B8" w:rsidRDefault="0006129A" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16A5EEC7" w14:textId="77777777" w:rsidR="0093742E" w:rsidRPr="002260B8" w:rsidRDefault="0093742E" w:rsidP="00E27FC2">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
@@ -16009,65 +16122,65 @@
       </w:r>
       <w:r w:rsidR="00C33C97" w:rsidRPr="002260B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Onboarding Template</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0093742E" w:rsidRPr="002260B8" w:rsidSect="004839C0">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="794" w:bottom="851" w:left="794" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="122274EF" w14:textId="77777777" w:rsidR="00AB50CE" w:rsidRDefault="00AB50CE" w:rsidP="00A42BA7">
+    <w:p w14:paraId="1D0EDBA9" w14:textId="77777777" w:rsidR="00307B48" w:rsidRDefault="00307B48" w:rsidP="00A42BA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="679CC82B" w14:textId="77777777" w:rsidR="00AB50CE" w:rsidRDefault="00AB50CE" w:rsidP="00A42BA7">
+    <w:p w14:paraId="4A667BBE" w14:textId="77777777" w:rsidR="00307B48" w:rsidRDefault="00307B48" w:rsidP="00A42BA7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2450B602" w14:textId="77777777" w:rsidR="00AB50CE" w:rsidRDefault="00AB50CE"/>
+    <w:p w14:paraId="75CD13FF" w14:textId="77777777" w:rsidR="00307B48" w:rsidRDefault="00307B48"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -16181,65 +16294,65 @@
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03447D46" w14:textId="4B1A5D79" w:rsidR="00A42BA7" w:rsidRPr="00E47AC1" w:rsidRDefault="00AA20C1" w:rsidP="00AA20C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="5760" w:right="360"/>
       <w:rPr>
         <w:color w:val="1EBBF0" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1EBBF0" w:themeColor="text2"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                 </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="415CEC1D" w14:textId="77777777" w:rsidR="00AB50CE" w:rsidRDefault="00AB50CE" w:rsidP="00A42BA7">
+    <w:p w14:paraId="543200DB" w14:textId="77777777" w:rsidR="00307B48" w:rsidRDefault="00307B48" w:rsidP="00A42BA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D371335" w14:textId="77777777" w:rsidR="00AB50CE" w:rsidRDefault="00AB50CE" w:rsidP="00A42BA7">
+    <w:p w14:paraId="48A4AAB9" w14:textId="77777777" w:rsidR="00307B48" w:rsidRDefault="00307B48" w:rsidP="00A42BA7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="34D5E60A" w14:textId="77777777" w:rsidR="00AB50CE" w:rsidRDefault="00AB50CE"/>
+    <w:p w14:paraId="72719C1C" w14:textId="77777777" w:rsidR="00307B48" w:rsidRDefault="00307B48"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="763218A9" w14:textId="15AAA426" w:rsidR="00D06FE2" w:rsidRDefault="008E2D9C" w:rsidP="008E2D9C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="7337"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C978748" wp14:editId="21994792">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>302260</wp:posOffset>
           </wp:positionH>
@@ -18531,273 +18644,284 @@
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E27FC2"/>
     <w:rsid w:val="00002724"/>
     <w:rsid w:val="00003EE9"/>
     <w:rsid w:val="0002020B"/>
+    <w:rsid w:val="00020A2E"/>
     <w:rsid w:val="000221FC"/>
     <w:rsid w:val="000223EB"/>
     <w:rsid w:val="00025AAD"/>
     <w:rsid w:val="00033C8B"/>
     <w:rsid w:val="00041406"/>
     <w:rsid w:val="00041C4C"/>
     <w:rsid w:val="00051AA2"/>
     <w:rsid w:val="00053A61"/>
     <w:rsid w:val="00053E0D"/>
     <w:rsid w:val="00056DA9"/>
     <w:rsid w:val="0006129A"/>
     <w:rsid w:val="000620D9"/>
     <w:rsid w:val="00064398"/>
     <w:rsid w:val="00070AAD"/>
     <w:rsid w:val="000746CD"/>
     <w:rsid w:val="00076FA2"/>
     <w:rsid w:val="00085414"/>
     <w:rsid w:val="00087CF9"/>
     <w:rsid w:val="00094EB1"/>
     <w:rsid w:val="000B43B7"/>
     <w:rsid w:val="000B44F2"/>
     <w:rsid w:val="000B47E2"/>
     <w:rsid w:val="000C118B"/>
     <w:rsid w:val="000C221C"/>
     <w:rsid w:val="000C4178"/>
     <w:rsid w:val="000C666E"/>
+    <w:rsid w:val="000D230F"/>
     <w:rsid w:val="000D3ACC"/>
     <w:rsid w:val="000D75F0"/>
     <w:rsid w:val="000E1193"/>
     <w:rsid w:val="000E4344"/>
     <w:rsid w:val="000F236A"/>
     <w:rsid w:val="000F4A7F"/>
     <w:rsid w:val="00105417"/>
     <w:rsid w:val="001214A4"/>
     <w:rsid w:val="00121BD9"/>
     <w:rsid w:val="001225D2"/>
     <w:rsid w:val="00133BD9"/>
     <w:rsid w:val="00137E60"/>
     <w:rsid w:val="00140D21"/>
     <w:rsid w:val="00142536"/>
     <w:rsid w:val="001454FB"/>
     <w:rsid w:val="00145E3E"/>
     <w:rsid w:val="00151DDB"/>
     <w:rsid w:val="00160E6A"/>
     <w:rsid w:val="0018167E"/>
     <w:rsid w:val="00185EFA"/>
     <w:rsid w:val="001928A0"/>
     <w:rsid w:val="001B1393"/>
     <w:rsid w:val="001B18C5"/>
     <w:rsid w:val="001B5A69"/>
     <w:rsid w:val="001D0F60"/>
     <w:rsid w:val="001E560E"/>
     <w:rsid w:val="0020193E"/>
     <w:rsid w:val="0020303A"/>
     <w:rsid w:val="00210383"/>
     <w:rsid w:val="00210B3C"/>
     <w:rsid w:val="0021366E"/>
     <w:rsid w:val="00216458"/>
     <w:rsid w:val="002260B8"/>
     <w:rsid w:val="00232597"/>
+    <w:rsid w:val="002407EA"/>
     <w:rsid w:val="002442F6"/>
     <w:rsid w:val="00252933"/>
     <w:rsid w:val="00254FF1"/>
     <w:rsid w:val="00256218"/>
     <w:rsid w:val="0026211D"/>
     <w:rsid w:val="0028131E"/>
     <w:rsid w:val="00282B43"/>
     <w:rsid w:val="002831E2"/>
     <w:rsid w:val="00283E7D"/>
     <w:rsid w:val="00284958"/>
     <w:rsid w:val="00284CE1"/>
+    <w:rsid w:val="00295735"/>
     <w:rsid w:val="002B0B7B"/>
     <w:rsid w:val="002B4E96"/>
     <w:rsid w:val="002C20C0"/>
     <w:rsid w:val="002D5D03"/>
     <w:rsid w:val="002E28ED"/>
     <w:rsid w:val="002E6605"/>
     <w:rsid w:val="002E68E4"/>
     <w:rsid w:val="002F36DD"/>
     <w:rsid w:val="002F4B65"/>
     <w:rsid w:val="002F4BAA"/>
     <w:rsid w:val="002F68C8"/>
     <w:rsid w:val="003029DB"/>
     <w:rsid w:val="00302E9C"/>
     <w:rsid w:val="00302FA3"/>
+    <w:rsid w:val="00307B48"/>
     <w:rsid w:val="003129EC"/>
     <w:rsid w:val="00331F0D"/>
     <w:rsid w:val="0033373D"/>
     <w:rsid w:val="00341EBC"/>
     <w:rsid w:val="003439A6"/>
     <w:rsid w:val="0034738D"/>
     <w:rsid w:val="00347FBE"/>
     <w:rsid w:val="00353B6A"/>
     <w:rsid w:val="00371475"/>
     <w:rsid w:val="00372A4C"/>
     <w:rsid w:val="003816B4"/>
     <w:rsid w:val="003854A6"/>
     <w:rsid w:val="003923EF"/>
     <w:rsid w:val="00396236"/>
     <w:rsid w:val="003A1CE6"/>
     <w:rsid w:val="003A3303"/>
     <w:rsid w:val="003A3398"/>
     <w:rsid w:val="003A36AB"/>
     <w:rsid w:val="003B30C9"/>
     <w:rsid w:val="003C0B39"/>
     <w:rsid w:val="003C1A4B"/>
     <w:rsid w:val="003C2EEB"/>
     <w:rsid w:val="003E3E2F"/>
     <w:rsid w:val="003E6310"/>
     <w:rsid w:val="003F5963"/>
     <w:rsid w:val="003F7104"/>
     <w:rsid w:val="004003AB"/>
     <w:rsid w:val="004025C5"/>
     <w:rsid w:val="004110F9"/>
     <w:rsid w:val="00414FAB"/>
     <w:rsid w:val="004201F2"/>
     <w:rsid w:val="00420C15"/>
     <w:rsid w:val="00421602"/>
     <w:rsid w:val="0042534F"/>
     <w:rsid w:val="00454CFF"/>
     <w:rsid w:val="0045609E"/>
     <w:rsid w:val="0045730E"/>
     <w:rsid w:val="004620EF"/>
     <w:rsid w:val="00464F1A"/>
+    <w:rsid w:val="004754AF"/>
     <w:rsid w:val="00476B92"/>
     <w:rsid w:val="004839C0"/>
     <w:rsid w:val="00487ECD"/>
     <w:rsid w:val="00497F08"/>
     <w:rsid w:val="004A3DA7"/>
     <w:rsid w:val="004A4311"/>
+    <w:rsid w:val="004A5983"/>
     <w:rsid w:val="004B5F32"/>
     <w:rsid w:val="004C4EC3"/>
     <w:rsid w:val="004E35A7"/>
     <w:rsid w:val="004F30D9"/>
     <w:rsid w:val="004F475A"/>
     <w:rsid w:val="0050051A"/>
     <w:rsid w:val="00510CEA"/>
     <w:rsid w:val="00510F46"/>
     <w:rsid w:val="005138C3"/>
     <w:rsid w:val="005232C1"/>
     <w:rsid w:val="00526238"/>
     <w:rsid w:val="00532568"/>
+    <w:rsid w:val="0054315B"/>
     <w:rsid w:val="00547A2D"/>
     <w:rsid w:val="00554F5C"/>
     <w:rsid w:val="00557654"/>
     <w:rsid w:val="00575A4D"/>
     <w:rsid w:val="00581EB3"/>
     <w:rsid w:val="005831FD"/>
     <w:rsid w:val="00584201"/>
     <w:rsid w:val="005915C0"/>
     <w:rsid w:val="005A2C7C"/>
     <w:rsid w:val="005B10D0"/>
     <w:rsid w:val="005B2E3B"/>
     <w:rsid w:val="005B57C2"/>
     <w:rsid w:val="005B6F1C"/>
     <w:rsid w:val="005B723D"/>
     <w:rsid w:val="005C751D"/>
     <w:rsid w:val="005D09B1"/>
     <w:rsid w:val="005D3531"/>
     <w:rsid w:val="005D4D02"/>
     <w:rsid w:val="005D658F"/>
     <w:rsid w:val="005E12BF"/>
     <w:rsid w:val="005E5585"/>
+    <w:rsid w:val="005E686D"/>
     <w:rsid w:val="0060032D"/>
     <w:rsid w:val="00602DAC"/>
     <w:rsid w:val="00603694"/>
     <w:rsid w:val="00603721"/>
     <w:rsid w:val="00620B8E"/>
     <w:rsid w:val="0062640F"/>
     <w:rsid w:val="00627A09"/>
     <w:rsid w:val="006444CA"/>
     <w:rsid w:val="0064518A"/>
     <w:rsid w:val="0064740E"/>
     <w:rsid w:val="00665064"/>
     <w:rsid w:val="0066559F"/>
     <w:rsid w:val="00665A72"/>
     <w:rsid w:val="00671FAA"/>
     <w:rsid w:val="00680AD5"/>
     <w:rsid w:val="006917AC"/>
     <w:rsid w:val="006931AD"/>
     <w:rsid w:val="00694D21"/>
     <w:rsid w:val="00695E50"/>
     <w:rsid w:val="00696519"/>
     <w:rsid w:val="006A4939"/>
     <w:rsid w:val="006A59D3"/>
     <w:rsid w:val="006A6FD4"/>
     <w:rsid w:val="006B4400"/>
     <w:rsid w:val="006B6C9D"/>
     <w:rsid w:val="006D2A59"/>
     <w:rsid w:val="006D7224"/>
     <w:rsid w:val="006E2036"/>
     <w:rsid w:val="006E4B7A"/>
     <w:rsid w:val="006E5BD4"/>
     <w:rsid w:val="006F010D"/>
     <w:rsid w:val="0070005D"/>
     <w:rsid w:val="007119B4"/>
     <w:rsid w:val="00711E23"/>
     <w:rsid w:val="0072194F"/>
     <w:rsid w:val="00724AEE"/>
     <w:rsid w:val="00725792"/>
     <w:rsid w:val="00732C53"/>
     <w:rsid w:val="00742CC2"/>
     <w:rsid w:val="00744C02"/>
     <w:rsid w:val="007501A3"/>
     <w:rsid w:val="007571FD"/>
     <w:rsid w:val="0076503C"/>
+    <w:rsid w:val="007678FD"/>
     <w:rsid w:val="00775332"/>
     <w:rsid w:val="00776E4D"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="007856FF"/>
     <w:rsid w:val="00790DA6"/>
     <w:rsid w:val="007A7627"/>
     <w:rsid w:val="007B03D9"/>
     <w:rsid w:val="007B2870"/>
     <w:rsid w:val="007B4316"/>
     <w:rsid w:val="007B7B23"/>
     <w:rsid w:val="007F6A48"/>
     <w:rsid w:val="0080012C"/>
     <w:rsid w:val="0080214E"/>
     <w:rsid w:val="00804407"/>
     <w:rsid w:val="00806EAD"/>
     <w:rsid w:val="00810ACA"/>
     <w:rsid w:val="008113B2"/>
+    <w:rsid w:val="008156DA"/>
     <w:rsid w:val="008404FD"/>
     <w:rsid w:val="00841DA6"/>
     <w:rsid w:val="0084702F"/>
     <w:rsid w:val="00847732"/>
     <w:rsid w:val="00850523"/>
     <w:rsid w:val="00851748"/>
     <w:rsid w:val="00855002"/>
     <w:rsid w:val="008553E7"/>
     <w:rsid w:val="00863C70"/>
     <w:rsid w:val="00863F82"/>
     <w:rsid w:val="00873FD5"/>
     <w:rsid w:val="00882507"/>
     <w:rsid w:val="008954C6"/>
     <w:rsid w:val="008A3835"/>
     <w:rsid w:val="008A57A6"/>
     <w:rsid w:val="008C0640"/>
     <w:rsid w:val="008C42BF"/>
     <w:rsid w:val="008C4B59"/>
     <w:rsid w:val="008C70A9"/>
     <w:rsid w:val="008E2D9C"/>
     <w:rsid w:val="008E4810"/>
     <w:rsid w:val="008F1A66"/>
     <w:rsid w:val="008F28F4"/>
     <w:rsid w:val="009025A9"/>
     <w:rsid w:val="00907EED"/>
@@ -18838,50 +18962,51 @@
     <w:rsid w:val="00A33A1E"/>
     <w:rsid w:val="00A35D01"/>
     <w:rsid w:val="00A42BA7"/>
     <w:rsid w:val="00A47878"/>
     <w:rsid w:val="00A57614"/>
     <w:rsid w:val="00A61648"/>
     <w:rsid w:val="00A737EE"/>
     <w:rsid w:val="00A747BE"/>
     <w:rsid w:val="00A75802"/>
     <w:rsid w:val="00A77386"/>
     <w:rsid w:val="00A841D4"/>
     <w:rsid w:val="00A87165"/>
     <w:rsid w:val="00A96B3C"/>
     <w:rsid w:val="00AA06B0"/>
     <w:rsid w:val="00AA13EE"/>
     <w:rsid w:val="00AA1607"/>
     <w:rsid w:val="00AA20C1"/>
     <w:rsid w:val="00AA2A30"/>
     <w:rsid w:val="00AB155E"/>
     <w:rsid w:val="00AB42DD"/>
     <w:rsid w:val="00AB50CE"/>
     <w:rsid w:val="00AD7F3D"/>
     <w:rsid w:val="00AE0049"/>
     <w:rsid w:val="00AF033A"/>
     <w:rsid w:val="00AF3527"/>
+    <w:rsid w:val="00B07675"/>
     <w:rsid w:val="00B10E48"/>
     <w:rsid w:val="00B16E03"/>
     <w:rsid w:val="00B206EA"/>
     <w:rsid w:val="00B24253"/>
     <w:rsid w:val="00B27FD8"/>
     <w:rsid w:val="00B31A82"/>
     <w:rsid w:val="00B37998"/>
     <w:rsid w:val="00B445B2"/>
     <w:rsid w:val="00B4500F"/>
     <w:rsid w:val="00B552CA"/>
     <w:rsid w:val="00B57A0F"/>
     <w:rsid w:val="00B6037F"/>
     <w:rsid w:val="00B61C95"/>
     <w:rsid w:val="00B66AE7"/>
     <w:rsid w:val="00B70D44"/>
     <w:rsid w:val="00B745A9"/>
     <w:rsid w:val="00B77DB7"/>
     <w:rsid w:val="00B80085"/>
     <w:rsid w:val="00B847FA"/>
     <w:rsid w:val="00B8659D"/>
     <w:rsid w:val="00B905B5"/>
     <w:rsid w:val="00B90D9C"/>
     <w:rsid w:val="00B95208"/>
     <w:rsid w:val="00BB1B37"/>
     <w:rsid w:val="00BB739B"/>
@@ -18904,111 +19029,114 @@
     <w:rsid w:val="00C40B35"/>
     <w:rsid w:val="00C42FD6"/>
     <w:rsid w:val="00C46E11"/>
     <w:rsid w:val="00C65540"/>
     <w:rsid w:val="00C6774F"/>
     <w:rsid w:val="00C744EF"/>
     <w:rsid w:val="00C7603E"/>
     <w:rsid w:val="00C8465C"/>
     <w:rsid w:val="00C95340"/>
     <w:rsid w:val="00C966D5"/>
     <w:rsid w:val="00CA4FAC"/>
     <w:rsid w:val="00CA712F"/>
     <w:rsid w:val="00CD0377"/>
     <w:rsid w:val="00CD193B"/>
     <w:rsid w:val="00CD523A"/>
     <w:rsid w:val="00CE2A49"/>
     <w:rsid w:val="00CF0406"/>
     <w:rsid w:val="00CF57BF"/>
     <w:rsid w:val="00D03B95"/>
     <w:rsid w:val="00D06FE2"/>
     <w:rsid w:val="00D10603"/>
     <w:rsid w:val="00D115FC"/>
     <w:rsid w:val="00D15A41"/>
     <w:rsid w:val="00D32565"/>
     <w:rsid w:val="00D340A6"/>
+    <w:rsid w:val="00D3579B"/>
     <w:rsid w:val="00D36F23"/>
     <w:rsid w:val="00D454E6"/>
     <w:rsid w:val="00D5111B"/>
     <w:rsid w:val="00D5242B"/>
     <w:rsid w:val="00D52CEC"/>
     <w:rsid w:val="00D52EE9"/>
     <w:rsid w:val="00D61724"/>
     <w:rsid w:val="00D61A91"/>
     <w:rsid w:val="00D63C69"/>
     <w:rsid w:val="00D7592C"/>
     <w:rsid w:val="00DA4132"/>
     <w:rsid w:val="00DA5D89"/>
     <w:rsid w:val="00DB4841"/>
     <w:rsid w:val="00DC0C1D"/>
     <w:rsid w:val="00DC3B8E"/>
     <w:rsid w:val="00DD0058"/>
     <w:rsid w:val="00DD29E2"/>
     <w:rsid w:val="00DD3D50"/>
     <w:rsid w:val="00DD54FA"/>
     <w:rsid w:val="00DD6722"/>
     <w:rsid w:val="00E247DC"/>
     <w:rsid w:val="00E261DB"/>
     <w:rsid w:val="00E27FC2"/>
     <w:rsid w:val="00E31CE3"/>
     <w:rsid w:val="00E47AC1"/>
     <w:rsid w:val="00E501F9"/>
     <w:rsid w:val="00E6022F"/>
     <w:rsid w:val="00E60BD0"/>
     <w:rsid w:val="00E67009"/>
     <w:rsid w:val="00E675DF"/>
     <w:rsid w:val="00E741DA"/>
     <w:rsid w:val="00E75C1E"/>
     <w:rsid w:val="00E76E16"/>
     <w:rsid w:val="00E80D20"/>
     <w:rsid w:val="00E92A86"/>
     <w:rsid w:val="00E961A9"/>
     <w:rsid w:val="00EB240E"/>
     <w:rsid w:val="00EC0DCC"/>
+    <w:rsid w:val="00ED0860"/>
     <w:rsid w:val="00ED2B4D"/>
     <w:rsid w:val="00ED369A"/>
     <w:rsid w:val="00EE29C6"/>
     <w:rsid w:val="00EE45CB"/>
     <w:rsid w:val="00EF5425"/>
     <w:rsid w:val="00EF594E"/>
     <w:rsid w:val="00EF5F30"/>
     <w:rsid w:val="00EF7BD9"/>
     <w:rsid w:val="00F008EA"/>
     <w:rsid w:val="00F03EBA"/>
     <w:rsid w:val="00F10EDB"/>
     <w:rsid w:val="00F21D8F"/>
     <w:rsid w:val="00F244B9"/>
     <w:rsid w:val="00F5336D"/>
     <w:rsid w:val="00F53EC8"/>
     <w:rsid w:val="00F66B15"/>
     <w:rsid w:val="00F73BA2"/>
     <w:rsid w:val="00F8393B"/>
     <w:rsid w:val="00F84EDA"/>
     <w:rsid w:val="00FA7314"/>
     <w:rsid w:val="00FB5839"/>
     <w:rsid w:val="00FC3A5B"/>
     <w:rsid w:val="00FC4137"/>
+    <w:rsid w:val="00FC4D73"/>
     <w:rsid w:val="00FC6194"/>
     <w:rsid w:val="00FD2145"/>
     <w:rsid w:val="00FE1CD0"/>
     <w:rsid w:val="00FE36FF"/>
     <w:rsid w:val="00FF4162"/>
     <w:rsid w:val="158D652E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ZA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -20269,50 +20397,62 @@
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00151DDB"/>
     <w:rPr>
       <w:color w:val="1EBBF0" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00151DDB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007678FD"/>
+    <w:rPr>
+      <w:color w:val="30206B" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="92014262">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1590039934">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -20771,51 +20911,51 @@
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/90-day-integration-plan-template.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/learning-development/staff-learning-and-development-resource-guide" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/UCT%20Competency%20Framework%20-%20Version%205%20-%20January%202021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/uct-transition-planning-questionnaire.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/90-day-integration-plan-template.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742820" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://successfactors.uct.ac.za/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/learning-development/staff-learning-and-development-resource-guide" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/UCT%20Competency%20Framework%20-%20Version%205%20-%20January%202021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/sites/default/files/media/documents/hr_uct_ac_za/386/uct-transition-planning-questionnaire.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.uct.ac.za/media/742820" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="AIHR">
   <a:themeElements>
     <a:clrScheme name="AIHR Color Palette">
       <a:dk1>
         <a:srgbClr val="30206B"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1EBBF0"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E9FAFF"/>
@@ -21122,69 +21262,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5037F399-CD42-2C4C-8FC1-B55060CD63B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2054</Words>
-  <Characters>9823</Characters>
+  <Words>1747</Words>
+  <Characters>9963</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>265</Lines>
-  <Paragraphs>154</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11723</CharactersWithSpaces>
+  <CharactersWithSpaces>11687</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anouk de Jong</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>